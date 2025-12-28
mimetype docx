--- v0 (2025-12-05)
+++ v1 (2025-12-28)
@@ -1,892 +1,1914 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
-[...5 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...244 lines deleted...]
-</w:document>
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr/>
+  <bookViews>
+    <workbookView visibility="veryHidden" xWindow="75" yWindow="-7665" windowWidth="4785" windowHeight="11790"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Plan1" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Plan1!$B$3:$L$86</definedName>
+  </definedNames>
+  <calcPr calcId="0"/>
+  <oleSize ref="A1:L137"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+  </extLst>
+</workbook>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-</w:fonts>
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
+  <si>
+    <t>As idéias criativas  são usadas para a obtenção de melhores resultados com menos recursos</t>
+  </si>
+  <si>
+    <t>Procura-se manter uma atmosfera de segurança e estabilidade</t>
+  </si>
+  <si>
+    <t>Os diretores que inovam e promovem mudanças significativas são os modelos a serem seguidos</t>
+  </si>
+  <si>
+    <t>As pessoas que se comprometem com a missão e os ideais da IMED tornam-se modelos para os demais</t>
+  </si>
+  <si>
+    <t>Existem normas que estabelecem o grau de participação de todos no processo de tomada de decisão</t>
+  </si>
+  <si>
+    <t>Tenho a noção clara dos principais objetivos da IMED</t>
+  </si>
+  <si>
+    <t>O atendimento às necessidades do aluno é uma das metas mais importantes</t>
+  </si>
+  <si>
+    <t>A competição dentro das regras de boa convivência é sempre estimulada</t>
+  </si>
+  <si>
+    <t>O espírito de colaboração é uma atitude considerada muito importante</t>
+  </si>
+  <si>
+    <t>As necessidades pessoais e o bem-estar de todos constituem uma preocupação constante da IMED</t>
+  </si>
+  <si>
+    <t>Percebo que a IMED busca a excelência de seus serviços como forma de satisfazer os alunos</t>
+  </si>
+  <si>
+    <t>Percebo que a comunicação das decisões obedece à hierarquia existente na IMED</t>
+  </si>
+  <si>
+    <t>As decisões surgem principalmente a partir da análise das necessidades do aluno</t>
+  </si>
+  <si>
+    <t>Prevalece um grande espírito de união entre as pessoas na IMED</t>
+  </si>
+  <si>
+    <t>O envolvimento com os ideais da IMED é uma atitude bastante valorizada</t>
+  </si>
+  <si>
+    <t>As inovações são em geral introduzidas para atender às necessidades do mercado</t>
+  </si>
+  <si>
+    <t>As relações com os membros da direção são cordiais e amigáveis</t>
+  </si>
+  <si>
+    <t>As pessoas que “vestem a camisa” são as figuras mais valorizadas dentro da IMED</t>
+  </si>
+  <si>
+    <t>As pessoas se relacionam como se fossem uma grande família</t>
+  </si>
+  <si>
+    <t>Sexo</t>
+  </si>
+  <si>
+    <t>Faixa Etária</t>
+  </si>
+  <si>
+    <t>Masculino</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Feminino                                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     De 16 a 24 anos                         </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     De 25 a 35anos                         </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     De 36 a 50 anos                         </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     Acima de 51 anos                         </t>
+  </si>
+  <si>
+    <t>Escolaridade</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     Ensino médio Completo        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     Ensino Superior em Andamento</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     Ensino Superior Completo   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     Pós-graduação em andamento             </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     Pós-graduação Completa</t>
+  </si>
+  <si>
+    <t>Tempo de IMED</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     Menos de 1 ano     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     De 1 a 3 anos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     De 4 a 6 anos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     Mais de 7 anos</t>
+  </si>
+  <si>
+    <t>As pessoas preferem receber ordens para não terem que assumir responsabilidades</t>
+  </si>
+  <si>
+    <t>Na IMED a cooperação é mais valorizada que a competição</t>
+  </si>
+  <si>
+    <t>Eu tenho ampla liberdade de acesso aos diretores na IMED</t>
+  </si>
+  <si>
+    <t>A minha dedicação  é recompensada</t>
+  </si>
+  <si>
+    <t>As iniciativas individuais  são estimuladas</t>
+  </si>
+  <si>
+    <t>As pessoas que apresentam idéias inovadoras costumam ser premiadas</t>
+  </si>
+  <si>
+    <t>Os novos serviços são testados conjuntamente pela IMED e seus alunos</t>
+  </si>
+  <si>
+    <t>Recebo treinamento para desenvolver minha criatividade</t>
+  </si>
+  <si>
+    <t>A Imed premia quem apresenta um desempenho superior aos demais</t>
+  </si>
+  <si>
+    <t>As inovações costumam ser introduzidas por meio de treinamento</t>
+  </si>
+  <si>
+    <t>A IMED mantêm relações amigáveis com os alunos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A IMED investe no meu crescimento profissional </t>
+  </si>
+  <si>
+    <t>Programas para aumentar a satisfação  são regularmente desenvolvidos</t>
+  </si>
+  <si>
+    <t>O retorno sobre os investimentos é uma preocupação permanente</t>
+  </si>
+  <si>
+    <t>A criatividade não é recompensada como deveria ser</t>
+  </si>
+  <si>
+    <t>Ser cordial com os colegas é uma das atitudes mais estimuladas</t>
+  </si>
+  <si>
+    <t>Investe-se em um bom ambiente  com o objetivo de  garantir o bem-estar de todos</t>
+  </si>
+  <si>
+    <t>Na IMED o esforço e a dedicação são qualidades bastante apreciadas</t>
+  </si>
+  <si>
+    <t>O aniversário da IMED costuma ser comemorado em conjunto com todos</t>
+  </si>
+  <si>
+    <t>As mudanças na IMED obedecem a um planejamento estratégico</t>
+  </si>
+  <si>
+    <t>Eventos com distribuição de brindes são comumente realizados</t>
+  </si>
+  <si>
+    <t>Vínculo com a IMED (pode ser marcado mais de um)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     Professor    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     Quadro técnico-administrativo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                     Aluno</t>
+  </si>
+  <si>
+    <t>Marque com um "X" na escala abaixo, entre (1) discordo totalmente e (5) concordo totalmente o número que melhor represente sua opinião em cada questão.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Prezado (a) participante,
+Esta pesquisa está sendo realizada no âmbito do Programa de Pós-graduação Stricto Sensu em Administração da IMED e tem como finalidade, estudar a cultura da Instituição de Ensino Superior IMED sobre diferentes pontos de vista.
+Essa pesquisa é totalmente anônima e os dados serão utilizados apenas para o fim da pesquisa. Agradecemos a sua disponibilidade para responder a pesquisa. A sua opinião é de extrema importância.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Muito obrigado pela sua colaboração.
+Elaine Taufer – gestaodepessoas@imed.edu.br
+Magela Just –  magelajust@gmail.com
+Claudete Batistella - claudetebatistella1@gmail.com
+</t>
+  </si>
+</sst>
 </file>
 
-<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-[...43 lines deleted...]
-</w:settings>
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <fonts count="2" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+  </fonts>
+  <fills count="4">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="2">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="15">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...421 lines deleted...]
-</w:styles>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-</w:webSettings>
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>5083381</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>159081</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>494806</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>37112</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="2" name="CaixaDeTexto 1"/>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="5689517" y="1952750"/>
+          <a:ext cx="520289" cy="310985"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="pt-BR" sz="900"/>
+            <a:t>Discordo totalmente</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>377908</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>383473</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>247402</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>61850</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="3" name="CaixaDeTexto 2"/>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7230960" y="1781298"/>
+          <a:ext cx="859104" cy="507175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="pt-BR" sz="900"/>
+            <a:t>Concordo parcialmente</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>123703</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>259772</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>136072</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>37111</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="4" name="CaixaDeTexto 3"/>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6828313" y="1657597"/>
+          <a:ext cx="556655" cy="606137"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="pt-BR" sz="900"/>
+            <a:t>Não</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="pt-BR" sz="900" baseline="0"/>
+            <a:t> concordo nem discordo</a:t>
+          </a:r>
+          <a:endParaRPr lang="pt-BR" sz="900"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>752475</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1038225</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="6" name="Retângulo 5"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="752475" y="13163550"/>
+          <a:ext cx="285750" cy="190500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>752475</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1038225</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="7" name="Retângulo 6"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="752475" y="13354050"/>
+          <a:ext cx="285750" cy="190500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="8" name="Retângulo 7"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="133350" y="14220825"/>
+          <a:ext cx="285750" cy="190500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="11" name="Retângulo 10"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="133350" y="14325600"/>
+          <a:ext cx="285750" cy="190500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="12" name="Retângulo 11"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="133350" y="14325600"/>
+          <a:ext cx="285750" cy="190500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="13" name="Retângulo 12"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="133350" y="14916150"/>
+          <a:ext cx="285750" cy="190500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="14" name="Retângulo 13"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="133350" y="14325600"/>
+          <a:ext cx="285750" cy="190500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="15" name="Retângulo 14"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="133350" y="14620875"/>
+          <a:ext cx="285750" cy="190500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="16" name="Retângulo 15"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="133350" y="14916150"/>
+          <a:ext cx="285750" cy="190500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="17" name="Retângulo 16"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="133350" y="15211425"/>
+          <a:ext cx="285750" cy="190500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="18" name="Retângulo 17"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="133350" y="16878300"/>
+          <a:ext cx="285750" cy="190500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="19" name="Retângulo 18"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="133350" y="15992475"/>
+          <a:ext cx="285750" cy="190500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="20" name="Retângulo 19"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="133350" y="16287750"/>
+          <a:ext cx="285750" cy="190500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="21" name="Retângulo 20"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="133350" y="16583025"/>
+          <a:ext cx="285750" cy="190500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>124</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="22" name="Retângulo 21"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="133350" y="16878300"/>
+          <a:ext cx="285750" cy="190500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>4972050</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>171450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>30825</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="24" name="CaixaDeTexto 23"/>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="5585153" y="357571"/>
+          <a:ext cx="540188" cy="286357"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="pt-BR" sz="900"/>
+            <a:t>Discordo totalmente</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>142875</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>161925</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>21300</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="25" name="CaixaDeTexto 24"/>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6952703" y="348046"/>
+          <a:ext cx="650656" cy="286357"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="pt-BR" sz="900"/>
+            <a:t>Concordo totalmente</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>142874</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>57149</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>21300</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="26" name="CaixaDeTexto 25"/>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6230115" y="205171"/>
+          <a:ext cx="636862" cy="429232"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="pt-BR" sz="900"/>
+            <a:t>Não</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="pt-BR" sz="900" baseline="0"/>
+            <a:t> concordo nem discordo</a:t>
+          </a:r>
+          <a:endParaRPr lang="pt-BR" sz="900"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>130</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="27" name="Retângulo 26"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="739486" y="17132630"/>
+          <a:ext cx="285750" cy="185552"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="28" name="Retângulo 27"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="739486" y="17417143"/>
+          <a:ext cx="285750" cy="185552"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>419100</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="29" name="Retângulo 28"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="739486" y="17701656"/>
+          <a:ext cx="285750" cy="185552"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="dk1"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="dk1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="pt-BR" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>3217</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>138298</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>37111</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>16329</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="30" name="CaixaDeTexto 29"/>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6225392" y="1931967"/>
+          <a:ext cx="615290" cy="310985"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="pt-BR" sz="900"/>
+            <a:t>Discordo parcialmente </a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>109725</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>91663</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>79168</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>383992</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="31" name="CaixaDeTexto 30"/>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7952387" y="1885332"/>
+          <a:ext cx="662171" cy="292329"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="pt-BR" sz="900"/>
+            <a:t>Concordo totalmente</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Escritório">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
@@ -1016,74 +2038,806 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="B1:O137"/>
+  <sheetViews>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="31" zoomScaleNormal="77" workbookViewId="0">
+      <selection activeCell="B125" sqref="B125"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="2" max="2" width="76.7109375" style="4" customWidth="1"/>
+    <col min="3" max="3" width="7.5703125" customWidth="1"/>
+    <col min="4" max="4" width="1.5703125" customWidth="1"/>
+    <col min="5" max="5" width="5.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.140625" customWidth="1"/>
+    <col min="7" max="7" width="5.85546875" customWidth="1"/>
+    <col min="8" max="8" width="3.28515625" customWidth="1"/>
+    <col min="9" max="9" width="5.5703125" customWidth="1"/>
+    <col min="10" max="10" width="4.28515625" customWidth="1"/>
+    <col min="11" max="11" width="6.42578125" customWidth="1"/>
+    <col min="12" max="12" width="2.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:12" ht="110.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+      <c r="F1" s="11"/>
+      <c r="G1" s="11"/>
+      <c r="H1" s="11"/>
+      <c r="I1" s="11"/>
+      <c r="J1" s="11"/>
+      <c r="K1" s="11"/>
+      <c r="L1" s="11"/>
+    </row>
+    <row r="2" spans="2:12" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C2" s="12"/>
+      <c r="D2" s="12"/>
+      <c r="E2" s="12"/>
+      <c r="F2" s="12"/>
+      <c r="G2" s="12"/>
+      <c r="H2" s="12"/>
+      <c r="I2" s="12"/>
+      <c r="J2" s="12"/>
+      <c r="K2" s="12"/>
+      <c r="L2" s="12"/>
+    </row>
+    <row r="3" spans="2:12" ht="33.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C4" s="5">
+        <v>1</v>
+      </c>
+      <c r="D4" s="5"/>
+      <c r="E4" s="5">
+        <v>2</v>
+      </c>
+      <c r="F4" s="5"/>
+      <c r="G4" s="5">
+        <v>3</v>
+      </c>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5">
+        <v>4</v>
+      </c>
+      <c r="J4" s="5"/>
+      <c r="K4" s="5">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="2:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" s="1"/>
+      <c r="E5" s="1"/>
+      <c r="G5" s="1"/>
+      <c r="I5" s="1"/>
+      <c r="K5" s="1"/>
+    </row>
+    <row r="6" spans="2:12" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="2:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" s="1"/>
+      <c r="E7" s="1"/>
+      <c r="G7" s="1"/>
+      <c r="I7" s="1"/>
+      <c r="K7" s="1"/>
+    </row>
+    <row r="8" spans="2:12" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="9" spans="2:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="E9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="K9" s="1"/>
+    </row>
+    <row r="10" spans="2:12" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="14" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="2:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="14"/>
+      <c r="C11" s="1"/>
+      <c r="E11" s="1"/>
+      <c r="G11" s="1"/>
+      <c r="I11" s="1"/>
+      <c r="K11" s="1"/>
+    </row>
+    <row r="12" spans="2:12" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="14"/>
+    </row>
+    <row r="13" spans="2:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="C13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="K13" s="1"/>
+    </row>
+    <row r="14" spans="2:12" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="15" spans="2:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="I15" s="2"/>
+      <c r="K15" s="2"/>
+    </row>
+    <row r="16" spans="2:12" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="17" spans="2:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C17" s="1"/>
+      <c r="E17" s="1"/>
+      <c r="G17" s="1"/>
+      <c r="I17" s="1"/>
+      <c r="K17" s="1"/>
+    </row>
+    <row r="18" spans="2:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="19" spans="2:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C19" s="1"/>
+      <c r="E19" s="1"/>
+      <c r="G19" s="1"/>
+      <c r="I19" s="1"/>
+      <c r="K19" s="1"/>
+    </row>
+    <row r="20" spans="2:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O20" s="3"/>
+    </row>
+    <row r="21" spans="2:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="K21" s="1"/>
+    </row>
+    <row r="22" spans="2:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="12" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="23" spans="2:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="12"/>
+      <c r="C23" s="1"/>
+      <c r="E23" s="1"/>
+      <c r="G23" s="1"/>
+      <c r="I23" s="1"/>
+      <c r="K23" s="1"/>
+    </row>
+    <row r="24" spans="2:15" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="12"/>
+    </row>
+    <row r="25" spans="2:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C25" s="1"/>
+      <c r="E25" s="1"/>
+      <c r="G25" s="1"/>
+      <c r="I25" s="1"/>
+      <c r="K25" s="1"/>
+    </row>
+    <row r="26" spans="2:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="13"/>
+    </row>
+    <row r="27" spans="2:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C27" s="1"/>
+      <c r="E27" s="1"/>
+      <c r="G27" s="1"/>
+      <c r="I27" s="1"/>
+      <c r="K27" s="1"/>
+    </row>
+    <row r="28" spans="2:15" ht="5.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="29" spans="2:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C29" s="1"/>
+      <c r="E29" s="1"/>
+      <c r="G29" s="1"/>
+      <c r="I29" s="1"/>
+      <c r="K29" s="1"/>
+    </row>
+    <row r="30" spans="2:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="31" spans="2:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="G31" s="1"/>
+      <c r="I31" s="1"/>
+      <c r="K31" s="1"/>
+    </row>
+    <row r="32" spans="2:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="33" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B33" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C33" s="1"/>
+      <c r="E33" s="1"/>
+      <c r="G33" s="1"/>
+      <c r="I33" s="1"/>
+      <c r="K33" s="1"/>
+    </row>
+    <row r="34" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C35" s="1"/>
+      <c r="E35" s="1"/>
+      <c r="G35" s="1"/>
+      <c r="I35" s="1"/>
+      <c r="K35" s="1"/>
+    </row>
+    <row r="36" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="37" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C37" s="1"/>
+      <c r="E37" s="1"/>
+      <c r="G37" s="1"/>
+      <c r="I37" s="1"/>
+      <c r="K37" s="1"/>
+    </row>
+    <row r="38" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="39" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C39" s="1"/>
+      <c r="E39" s="1"/>
+      <c r="G39" s="1"/>
+      <c r="I39" s="1"/>
+      <c r="K39" s="1"/>
+    </row>
+    <row r="40" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="41" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C41" s="1"/>
+      <c r="E41" s="1"/>
+      <c r="G41" s="1"/>
+      <c r="I41" s="1"/>
+      <c r="K41" s="1"/>
+    </row>
+    <row r="42" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="8"/>
+      <c r="C42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="K42" s="10"/>
+    </row>
+    <row r="43" spans="2:11" ht="33.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="44" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C44" s="5">
+        <v>1</v>
+      </c>
+      <c r="D44" s="5"/>
+      <c r="E44" s="5">
+        <v>2</v>
+      </c>
+      <c r="F44" s="5"/>
+      <c r="G44" s="5">
+        <v>3</v>
+      </c>
+      <c r="H44" s="5"/>
+      <c r="I44" s="5">
+        <v>4</v>
+      </c>
+      <c r="J44" s="5"/>
+      <c r="K44" s="5">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="45" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C45" s="1"/>
+      <c r="E45" s="1"/>
+      <c r="G45" s="1"/>
+      <c r="I45" s="1"/>
+      <c r="K45" s="1"/>
+    </row>
+    <row r="46" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="47" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" s="1"/>
+      <c r="E47" s="1"/>
+      <c r="G47" s="1"/>
+      <c r="I47" s="1"/>
+      <c r="K47" s="1"/>
+    </row>
+    <row r="48" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="49" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B49" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C49" s="1"/>
+      <c r="E49" s="1"/>
+      <c r="G49" s="1"/>
+      <c r="I49" s="1"/>
+      <c r="K49" s="1"/>
+    </row>
+    <row r="50" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="51" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B51" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C51" s="1"/>
+      <c r="E51" s="1"/>
+      <c r="G51" s="1"/>
+      <c r="I51" s="1"/>
+      <c r="K51" s="1"/>
+    </row>
+    <row r="52" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="53" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B53" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="C53" s="1"/>
+      <c r="E53" s="1"/>
+      <c r="G53" s="1"/>
+      <c r="I53" s="1"/>
+      <c r="K53" s="1"/>
+    </row>
+    <row r="54" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="55" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C55" s="1"/>
+      <c r="E55" s="1"/>
+      <c r="G55" s="1"/>
+      <c r="I55" s="1"/>
+      <c r="K55" s="1"/>
+    </row>
+    <row r="56" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="57" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B57" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C57" s="1"/>
+      <c r="E57" s="1"/>
+      <c r="G57" s="1"/>
+      <c r="I57" s="1"/>
+      <c r="K57" s="1"/>
+    </row>
+    <row r="58" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="59" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B59" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C59" s="1"/>
+      <c r="E59" s="1"/>
+      <c r="G59" s="1"/>
+      <c r="I59" s="1"/>
+      <c r="K59" s="1"/>
+    </row>
+    <row r="60" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="61" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B61" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C61" s="1"/>
+      <c r="E61" s="1"/>
+      <c r="G61" s="1"/>
+      <c r="I61" s="1"/>
+      <c r="K61" s="1"/>
+    </row>
+    <row r="62" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="63" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B63" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C63" s="1"/>
+      <c r="E63" s="1"/>
+      <c r="G63" s="1"/>
+      <c r="I63" s="1"/>
+      <c r="K63" s="1"/>
+    </row>
+    <row r="64" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="65" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B65" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C65" s="1"/>
+      <c r="E65" s="1"/>
+      <c r="G65" s="1"/>
+      <c r="I65" s="1"/>
+      <c r="K65" s="1"/>
+    </row>
+    <row r="66" spans="2:11" s="3" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B66" s="8"/>
+    </row>
+    <row r="67" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B67" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C67" s="1"/>
+      <c r="E67" s="1"/>
+      <c r="G67" s="1"/>
+      <c r="I67" s="1"/>
+      <c r="K67" s="1"/>
+    </row>
+    <row r="68" spans="2:11" s="3" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B68" s="8"/>
+    </row>
+    <row r="69" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B69" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C69" s="1"/>
+      <c r="E69" s="1"/>
+      <c r="G69" s="1"/>
+      <c r="I69" s="1"/>
+      <c r="K69" s="1"/>
+    </row>
+    <row r="70" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="71" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B71" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C71" s="1"/>
+      <c r="E71" s="1"/>
+      <c r="G71" s="1"/>
+      <c r="I71" s="1"/>
+      <c r="K71" s="1"/>
+    </row>
+    <row r="72" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="73" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B73" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C73" s="1"/>
+      <c r="E73" s="1"/>
+      <c r="G73" s="1"/>
+      <c r="I73" s="1"/>
+      <c r="K73" s="1"/>
+    </row>
+    <row r="74" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="75" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B75" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C75" s="1"/>
+      <c r="E75" s="1"/>
+      <c r="G75" s="1"/>
+      <c r="I75" s="1"/>
+      <c r="K75" s="1"/>
+    </row>
+    <row r="76" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="77" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B77" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C77" s="1"/>
+      <c r="E77" s="1"/>
+      <c r="G77" s="1"/>
+      <c r="I77" s="1"/>
+      <c r="K77" s="1"/>
+    </row>
+    <row r="78" spans="2:11" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B78" s="13" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="79" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B79" s="13"/>
+      <c r="C79" s="1"/>
+      <c r="E79" s="1"/>
+      <c r="G79" s="1"/>
+      <c r="I79" s="1"/>
+      <c r="K79" s="1"/>
+    </row>
+    <row r="80" spans="2:11" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B80" s="13"/>
+    </row>
+    <row r="81" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B81" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C81" s="1"/>
+      <c r="E81" s="1"/>
+      <c r="G81" s="1"/>
+      <c r="I81" s="1"/>
+      <c r="K81" s="1"/>
+    </row>
+    <row r="82" spans="2:11" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B82" s="13" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="83" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B83" s="13"/>
+      <c r="C83" s="1"/>
+      <c r="E83" s="1"/>
+      <c r="G83" s="1"/>
+      <c r="I83" s="1"/>
+      <c r="K83" s="1"/>
+    </row>
+    <row r="84" spans="2:11" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B84" s="13"/>
+    </row>
+    <row r="85" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B85" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="C85" s="1"/>
+      <c r="E85" s="1"/>
+      <c r="G85" s="1"/>
+      <c r="I85" s="1"/>
+      <c r="K85" s="1"/>
+    </row>
+    <row r="86" spans="2:11" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B86" s="12"/>
+    </row>
+    <row r="88" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B88" s="9" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="89" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B89" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="90" spans="2:11" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="91" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B91" s="4" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="94" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B94" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="95" spans="2:11" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="96" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B96" s="4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="97" spans="2:2" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="98" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B98" s="4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="99" spans="2:2" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="100" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B100" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="101" spans="2:2" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="102" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B102" s="4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="103" spans="2:2" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="105" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B105" s="9" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="106" spans="2:2" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="107" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B107" s="4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="108" spans="2:2" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="109" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B109" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="110" spans="2:2" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="111" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B111" s="4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="112" spans="2:2" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="113" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B113" s="4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="114" spans="2:2" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="115" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B115" s="4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="117" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B117" s="9" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="118" spans="2:2" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="119" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B119" s="4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="120" spans="2:2" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="121" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B121" s="4" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="122" spans="2:2" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="123" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B123" s="4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="124" spans="2:2" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="125" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B125" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="126" spans="2:2" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="128" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B128" s="6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="129" spans="2:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="130" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B130" s="4" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="131" spans="2:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="132" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B132" s="4" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="133" spans="2:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="134" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B134" s="4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="135" spans="2:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="137" spans="2:9" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B137" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C137" s="12"/>
+      <c r="D137" s="12"/>
+      <c r="E137" s="12"/>
+      <c r="F137" s="12"/>
+      <c r="G137" s="12"/>
+      <c r="H137" s="12"/>
+      <c r="I137" s="12"/>
+    </row>
+  </sheetData>
+  <mergeCells count="9">
+    <mergeCell ref="B1:L1"/>
+    <mergeCell ref="B2:L2"/>
+    <mergeCell ref="B137:I137"/>
+    <mergeCell ref="B78:B80"/>
+    <mergeCell ref="B85:B86"/>
+    <mergeCell ref="B82:B84"/>
+    <mergeCell ref="B10:B12"/>
+    <mergeCell ref="B22:B24"/>
+    <mergeCell ref="B25:B26"/>
+  </mergeCells>
+  <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
+  <pageSetup paperSize="9" scale="67" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-[...4 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
-  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Título</vt:lpstr>
+        <vt:lpstr>Planilhas</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Intervalos nomeados</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Plan1</vt:lpstr>
+      <vt:lpstr>Plan1!Area_de_impressao</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>BRF</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>172</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Elaine Tauffer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>