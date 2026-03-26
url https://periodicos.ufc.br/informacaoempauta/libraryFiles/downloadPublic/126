--- v0 (2025-12-26)
+++ v1 (2026-03-26)
@@ -1,287 +1,258 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="4726" w:tblpY="24"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1271"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00614996" w:rsidRPr="009C0DEA" w14:paraId="27646DD1" w14:textId="77777777" w:rsidTr="00614996">
+      <w:tr w:rsidR="00614996" w:rsidRPr="009C0DEA" w:rsidTr="00614996">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50F97001" w14:textId="77777777" w:rsidR="00614996" w:rsidRPr="00614996" w:rsidRDefault="00614996" w:rsidP="00614996">
+          <w:p w:rsidR="00614996" w:rsidRPr="00614996" w:rsidRDefault="00614996" w:rsidP="00614996">
             <w:pPr>
               <w:pStyle w:val="Rodap"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="016295" w:themeColor="accent1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00614996">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:color w:val="016295" w:themeColor="accent1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Fortaleza, CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C4AAABC" w14:textId="1D85CF2B" w:rsidR="00614996" w:rsidRPr="00614996" w:rsidRDefault="00614996" w:rsidP="00614996">
+          <w:p w:rsidR="00614996" w:rsidRPr="00614996" w:rsidRDefault="00614996" w:rsidP="00614996">
             <w:pPr>
               <w:pStyle w:val="Rodap"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="016295" w:themeColor="accent1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00614996">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="016295" w:themeColor="accent1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>v.</w:t>
-[...29 lines deleted...]
-              <w:t>,</w:t>
+              <w:t>v.5, n.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2784B601" w14:textId="10AFF0DD" w:rsidR="00614996" w:rsidRPr="00614996" w:rsidRDefault="006B2DBF" w:rsidP="00614996">
+          <w:p w:rsidR="00614996" w:rsidRPr="00614996" w:rsidRDefault="00614996" w:rsidP="00614996">
             <w:pPr>
               <w:pStyle w:val="Rodap"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="016295" w:themeColor="accent1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00614996">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="016295" w:themeColor="accent1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>mês./mês. Ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="294717AF" w14:textId="77777777" w:rsidR="00614996" w:rsidRPr="00614996" w:rsidRDefault="00614996" w:rsidP="00614996">
+          <w:p w:rsidR="00614996" w:rsidRPr="00614996" w:rsidRDefault="00614996" w:rsidP="00614996">
             <w:pPr>
               <w:pStyle w:val="Rodap"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="016295" w:themeColor="accent1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00614996">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:color w:val="016295" w:themeColor="accent1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ISSN 2525-3468</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00614996" w:rsidRPr="009C0DEA" w14:paraId="6A1630F9" w14:textId="77777777" w:rsidTr="00614996">
+      <w:tr w:rsidR="00614996" w:rsidRPr="009C0DEA" w:rsidTr="00614996">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="52D5AB37" w14:textId="77777777" w:rsidR="00614996" w:rsidRPr="00614996" w:rsidRDefault="00614996" w:rsidP="00614996">
+          <w:p w:rsidR="00614996" w:rsidRPr="00614996" w:rsidRDefault="00614996" w:rsidP="00614996">
             <w:pPr>
               <w:pStyle w:val="Rodap"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:color w:val="016295" w:themeColor="accent1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00614996">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="016295" w:themeColor="accent1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>DOI:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7061B20C" w14:textId="77777777" w:rsidR="004D6A02" w:rsidRDefault="00614996" w:rsidP="004D6A02">
+    <w:p w:rsidR="004D6A02" w:rsidRDefault="00614996" w:rsidP="004D6A02">
       <w:pPr>
         <w:pStyle w:val="Rodap"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1410"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614996">
         <w:rPr>
           <w:rStyle w:val="TtuloChar"/>
           <w:rFonts w:ascii="Byington" w:hAnsi="Byington" w:cs="Narkisim"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251705344" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="048D26DB" wp14:editId="36184C24">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251705344" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-81280</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-367030</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2324100" cy="871217"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Imagem 4" descr="C:\Users\Geovana\AppData\Local\Temp\Marca - Informação em Pauta-04-1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Geovana\AppData\Local\Temp\Marca - Informação em Pauta-04-1.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -300,142 +271,142 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2324100" cy="871217"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF85E48" w14:textId="77777777" w:rsidR="004D6A02" w:rsidRPr="009C0DEA" w:rsidRDefault="004D6A02" w:rsidP="00614996">
+    <w:p w:rsidR="004D6A02" w:rsidRPr="009C0DEA" w:rsidRDefault="004D6A02" w:rsidP="00614996">
       <w:pPr>
         <w:pStyle w:val="Rodap"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4945EDF6" w14:textId="77777777" w:rsidR="004D6A02" w:rsidRDefault="004D6A02" w:rsidP="00020A6B">
+    <w:p w:rsidR="004D6A02" w:rsidRDefault="004D6A02" w:rsidP="00020A6B">
       <w:pPr>
         <w:pStyle w:val="Rodap"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="TtuloChar"/>
           <w:rFonts w:ascii="Byington" w:hAnsi="Byington" w:cs="Narkisim"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AC6CF4F" w14:textId="77777777" w:rsidR="00614996" w:rsidRDefault="00614996" w:rsidP="00020A6B">
+    <w:p w:rsidR="00614996" w:rsidRDefault="00614996" w:rsidP="00020A6B">
       <w:pPr>
         <w:pStyle w:val="Rodap"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="TtuloChar"/>
           <w:rFonts w:ascii="Byington" w:hAnsi="Byington" w:cs="Narkisim"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Byington" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Byington" w:cs="Narkisim"/>
           <w:b/>
           <w:caps/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="20"/>
           <w:kern w:val="28"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251706368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D2DDDD7" wp14:editId="43A45600">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251706368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43FCED9F" wp14:editId="5934CDB8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>44450</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>96520</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5613400" cy="276225"/>
                 <wp:effectExtent l="0" t="0" r="6350" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="9" name="Caixa de texto 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5613400" cy="276225"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="accent2">
                             <a:lumMod val="50000"/>
                           </a:schemeClr>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7070E7B0" w14:textId="77777777" w:rsidR="00614996" w:rsidRPr="007F2233" w:rsidRDefault="00614996" w:rsidP="00614996">
+                          <w:p w:rsidR="00614996" w:rsidRPr="007F2233" w:rsidRDefault="00614996" w:rsidP="00614996">
                             <w:pPr>
                               <w:pStyle w:val="Rodap"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
                                 <w:b/>
                                 <w:caps/>
                                 <w:smallCaps/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="007D1ED3">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:b/>
                                 <w:caps/>
                                 <w:smallCaps/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>ARTIGO</w:t>
                             </w:r>
@@ -469,58 +440,58 @@
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Informar aqui a seção: ARTIGO, ENSAIO OU OUTRA)</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="5D2DDDD7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="43FCED9F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Caixa de texto 9" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:3.5pt;margin-top:7.6pt;width:442pt;height:21.75pt;z-index:251706368;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDa7FncBgIAAPEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxknQz4hRdig4D&#10;ugvQ7QMYWY6NyaJGKbG7rx8lp2m2vQ3zgyCS5iF5eLS+Hnsjjpp8h7aS81kuhbYK687uK/nt692r&#10;N1L4ALYGg1ZX8lF7eb15+WI9uFIX2KKpNQkGsb4cXCXbEFyZZV61ugc/Q6ctBxukHgKbtM9qgoHR&#10;e5MVeb7KBqTaESrtPXtvp6DcJPym0Sp8bhqvgzCV5N5COimdu3hmmzWUewLXdurUBvxDFz10loue&#10;oW4hgDhQ9xdU3ylCj02YKewzbJpO6TQDTzPP/5jmoQWn0yxMjndnmvz/g1Wfjg/uC4kwvsORF5iG&#10;8O4e1XcvLG5bsHt9Q4RDq6HmwvNIWTY4X55SI9W+9BFkN3zEmpcMh4AJaGyoj6zwnILReQGPZ9L1&#10;GIRi53I1f73IOaQ4VlytimKZSkD5lO3Ih/caexEvlSReakKH470PsRson36JxTyarr7rjElGFJLe&#10;GhJHYAmAUtqGIqWbQ8/tTv5lzt+pbNJeTEnIv6EZGzEtRvSpcPQkNiIBExVh3I0cjKzssH5kXggn&#10;3fE74UuL9FOKgTVXSf/jAKSlMB8sc/t2vlhEkSZjsbwq2KDLyO4yAlYxVCWDFNN1GyZhHxx1+5Yr&#10;Tdu0eMP7aLpE1XNXp75ZV2nO0xuIwr2001/PL3XzCwAA//8DAFBLAwQUAAYACAAAACEAEGqfpN4A&#10;AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTSm1CiFMhJARSEYLCob25&#10;9jaJEq9D7Dbh71lOcJyZ1czbYj25TpxxCI0nBfNZAgLJeNtQpeDz4/EmAxGiJqs7T6jgGwOsy8uL&#10;QufWj/SO522sBJdQyLWCOsY+lzKYGp0OM98jcXb0g9OR5VBJO+iRy10nF0mykk43xAu17vGhRtNu&#10;T07Ba7vabMZjavbty/OXNTt6a8OTUtdX0/0diIhT/DuGX3xGh5KZDv5ENohOQcqfRLaXCxAcZ7dz&#10;Ng4KllkKsizkf/7yBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANrsWdwGAgAA8QMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABBqn6TeAAAABwEA&#10;AA8AAAAAAAAAAAAAAAAAYAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" fillcolor="#1a4070 [1605]" stroked="f">
+              <v:shape id="Caixa de texto 9" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:3.5pt;margin-top:7.6pt;width:442pt;height:21.75pt;z-index:251706368;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnrY9mHgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06Sh7dKo6WrpahHS&#10;cpEWPmDqOI2F4zG226R8PWMnWwq8IfxgeTyeM2fOjDe3Q6fZSTqv0FR8Pss5k0Zgrcyh4l+/PLx6&#10;w5kPYGrQaGTFz9Lz2+3LF5velrLAFnUtHSMQ48veVrwNwZZZ5kUrO/AztNKQs0HXQSDTHbLaQU/o&#10;nc6KPF9lPbraOhTSe7q9H518m/CbRorwqWm8DExXnLiFtLu07+OebTdQHhzYVomJBvwDiw6UoaQX&#10;qHsIwI5O/QXVKeHQYxNmArsMm0YJmWqgaub5H9U8tWBlqoXE8fYik/9/sOLj6bNjqq74mjMDHbVo&#10;B2oAVksW5BCQraNGvfUlPX2y9DgMb3GgXqd6vX1E8c0zg7sWzEHeOYd9K6EmjvMYmV2Fjjg+guz7&#10;D1hTMjgGTEBD47ooIEnCCJ16db70h3gwQZfL1fz1IieXIF9xsyqKZUoB5XO0dT68k9ixeKi4o/4n&#10;dDg9+hDZQPn8JCbzqFX9oLRORpw5udOOnYCmBYSQJhQpXB87ojveL3NaU9o0pjEkIf+Gpk3ENBjR&#10;x8TxJqkRBRilCMN+mNTdY30mXRyOI0pfig4tuh+c9TSeFfffj+AkZ/q9IW3X88UiznMyFsubggx3&#10;7dlfe8AIgqp44Gw87sL4B47WqUNLmcZuGryjfjQqSRUbN7KaeNMIpjqn7xJn/NpOr3596u1PAAAA&#10;//8DAFBLAwQUAAYACAAAACEAEGqfpN4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KjTSm1CiFMhJARSEYLCob259jaJEq9D7Dbh71lOcJyZ1czbYj25TpxxCI0nBfNZAgLJ&#10;eNtQpeDz4/EmAxGiJqs7T6jgGwOsy8uLQufWj/SO522sBJdQyLWCOsY+lzKYGp0OM98jcXb0g9OR&#10;5VBJO+iRy10nF0mykk43xAu17vGhRtNuT07Ba7vabMZjavbty/OXNTt6a8OTUtdX0/0diIhT/DuG&#10;X3xGh5KZDv5ENohOQcqfRLaXCxAcZ7dzNg4KllkKsizkf/7yBwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAKetj2YeAgAAHAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhABBqn6TeAAAABwEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" fillcolor="#1a4070 [1605]" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="7070E7B0" w14:textId="77777777" w:rsidR="00614996" w:rsidRPr="007F2233" w:rsidRDefault="00614996" w:rsidP="00614996">
+                    <w:p w:rsidR="00614996" w:rsidRPr="007F2233" w:rsidRDefault="00614996" w:rsidP="00614996">
                       <w:pPr>
                         <w:pStyle w:val="Rodap"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
                           <w:b/>
                           <w:caps/>
                           <w:smallCaps/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="007D1ED3">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:b/>
                           <w:caps/>
                           <w:smallCaps/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>ARTIGO</w:t>
                       </w:r>
@@ -543,126 +514,139 @@
                           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>(</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
                           <w:b/>
                           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Informar aqui a seção: ARTIGO, ENSAIO OU OUTRA)</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="580BD47A" w14:textId="77777777" w:rsidR="00614996" w:rsidRDefault="00614996" w:rsidP="00020A6B">
+    <w:p w:rsidR="00614996" w:rsidRDefault="00614996" w:rsidP="00020A6B">
       <w:pPr>
         <w:pStyle w:val="Rodap"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="TtuloChar"/>
           <w:rFonts w:ascii="Byington" w:hAnsi="Byington" w:cs="Narkisim"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58E330CC" w14:textId="77777777" w:rsidR="00614996" w:rsidRDefault="00614996" w:rsidP="00020A6B">
+    <w:p w:rsidR="00614996" w:rsidRDefault="00614996" w:rsidP="00020A6B">
       <w:pPr>
         <w:pStyle w:val="Rodap"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="TtuloChar"/>
           <w:rFonts w:ascii="Byington" w:hAnsi="Byington" w:cs="Narkisim"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1ED3F234" w14:textId="77777777" w:rsidR="00D73FCC" w:rsidRPr="00576725" w:rsidRDefault="00576725" w:rsidP="00576725">
+    <w:p w:rsidR="00D73FCC" w:rsidRPr="00576725" w:rsidRDefault="00576725" w:rsidP="00576725">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="TtuloChar"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00576725">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Algumas orientações sobre a formatação do artigo estão em cinza, favor retirá-las antes de submetê-lo, assim como essa!</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="43FF848A" w14:textId="77777777" w:rsidR="00C26C9A" w:rsidRDefault="00C26C9A" w:rsidP="005B1327">
+        <w:t xml:space="preserve">Algumas orientações sobre a formatação do </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00576725">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>artigo estão em cinza, favor retirá-las antes de submetê-lo, assim como essa!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C26C9A" w:rsidRDefault="00C26C9A" w:rsidP="005B1327">
       <w:pPr>
         <w:pStyle w:val="Rodap"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="10065"/>
         </w:tabs>
         <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="TtuloChar"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Aharoni"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C8C7F32" w14:textId="77777777" w:rsidR="00C26C9A" w:rsidRPr="003F6381" w:rsidRDefault="00576725" w:rsidP="00576725">
+    <w:p w:rsidR="00C26C9A" w:rsidRPr="003F6381" w:rsidRDefault="00576725" w:rsidP="00576725">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F6381">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TÍTULO EM PORTUGUÊS</w:t>
       </w:r>
       <w:r w:rsidR="00C26C9A" w:rsidRPr="003F6381">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
@@ -672,65 +656,65 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="003F6381">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subtítulo (se houver) </w:t>
       </w:r>
       <w:r w:rsidRPr="003F6381">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(Deve ser conciso, claro e o mais informativo possível. Não deve conter abreviações e não deve exceder a 200 caracteres, incluindo espaços)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F86B91" w14:textId="77777777" w:rsidR="00C26C9A" w:rsidRPr="003F6381" w:rsidRDefault="00C26C9A" w:rsidP="00C26C9A">
+    <w:p w:rsidR="00C26C9A" w:rsidRPr="003F6381" w:rsidRDefault="00C26C9A" w:rsidP="00C26C9A">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="794381AC" w14:textId="77777777" w:rsidR="00C26C9A" w:rsidRPr="003F6381" w:rsidRDefault="00576725" w:rsidP="00576725">
+    <w:p w:rsidR="00C26C9A" w:rsidRPr="003F6381" w:rsidRDefault="00576725" w:rsidP="00576725">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0ED5">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="052E65" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>TÍTULO EM INGLÊS</w:t>
       </w:r>
       <w:r w:rsidR="00C26C9A" w:rsidRPr="001E0ED5">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
@@ -767,80 +751,80 @@
         <w:t>subtítulo em inglês (se houver)</w:t>
       </w:r>
       <w:r w:rsidRPr="003F6381">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F6381">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(Deve ser conciso, claro e o mais informativo possível. Não deve conter abreviações e não deve exceder a 200 caracteres, incluindo espaços)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DD2A82F" w14:textId="77777777" w:rsidR="00C26C9A" w:rsidRDefault="00C26C9A" w:rsidP="00C26C9A">
+    <w:p w:rsidR="00C26C9A" w:rsidRDefault="00C26C9A" w:rsidP="00C26C9A">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="058AE0EE" w14:textId="77777777" w:rsidR="00D17CF2" w:rsidRDefault="004D6A02" w:rsidP="00D17CF2">
+    <w:p w:rsidR="00D17CF2" w:rsidRDefault="004D6A02" w:rsidP="00D17CF2">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12841020" wp14:editId="6F6B5218">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="153670" cy="153670"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Imagem 9" descr="https://orcid.org/sites/default/files/images/orcid_16x16.png">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Imagem 9" descr="https://orcid.org/sites/default/files/images/orcid_16x16.png">
                       <a:hlinkClick r:id="rId11"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
@@ -860,313 +844,302 @@
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00E244E4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C4615" w:rsidRPr="008C4615">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">Não </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008C4615" w:rsidRPr="008C4615">
+        <w:t>Não preencher!</w:t>
+      </w:r>
+      <w:r w:rsidR="00625823" w:rsidRPr="008C4615">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>preencher!</w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>¹</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00916B43">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BE3B35F" w14:textId="77777777" w:rsidR="00D17CF2" w:rsidRPr="001B36F1" w:rsidRDefault="00D17CF2" w:rsidP="008C4615">
+    <w:p w:rsidR="00D17CF2" w:rsidRPr="001B36F1" w:rsidRDefault="00D17CF2" w:rsidP="008C4615">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00D17CF2" w:rsidRPr="001B36F1" w:rsidSect="004438B3">
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:headerReference w:type="first" r:id="rId14"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="284" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="9"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29652419" w14:textId="77777777" w:rsidR="00D17CF2" w:rsidRPr="001B36F1" w:rsidRDefault="00D17CF2" w:rsidP="001B36F1">
+    <w:p w:rsidR="00D17CF2" w:rsidRPr="001B36F1" w:rsidRDefault="00D17CF2" w:rsidP="001B36F1">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00D17CF2" w:rsidRPr="001B36F1" w:rsidSect="004438B3">
           <w:footerReference w:type="even" r:id="rId15"/>
           <w:headerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="284" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="9"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28268BBB" w14:textId="77777777" w:rsidR="005232BB" w:rsidRDefault="000B0F8E" w:rsidP="00C76B40">
+    <w:p w:rsidR="005232BB" w:rsidRDefault="000B0F8E" w:rsidP="00C76B40">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F869BA">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="002D0931" w:rsidRPr="00F869BA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                           </w:t>
       </w:r>
       <w:r w:rsidR="00916B43">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69CB44B2" w14:textId="77777777" w:rsidR="00916B43" w:rsidRDefault="00916B43" w:rsidP="00C76B40">
+    <w:p w:rsidR="00916B43" w:rsidRDefault="00916B43" w:rsidP="00C76B40">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3617509C" w14:textId="59554537" w:rsidR="00916B43" w:rsidRDefault="00916B43" w:rsidP="00C76B40">
+    <w:p w:rsidR="00916B43" w:rsidRDefault="00916B43" w:rsidP="00C76B40">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="377C3263" w14:textId="374D2214" w:rsidR="00916B43" w:rsidRDefault="006E1974" w:rsidP="00C76B40">
+    <w:p w:rsidR="00916B43" w:rsidRDefault="004D6A02" w:rsidP="00C76B40">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:color w:val="2861A9" w:themeColor="accent2" w:themeShade="BF"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251704320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="033964F3" wp14:editId="0F4FF6D7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251704320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>755650</wp:posOffset>
+                  <wp:posOffset>890905</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>176439</wp:posOffset>
+                  <wp:posOffset>132715</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="0" cy="5303520"/>
-                <wp:effectExtent l="38100" t="38100" r="57150" b="49530"/>
+                <wp:extent cx="0" cy="4972050"/>
+                <wp:effectExtent l="62865" t="58420" r="60960" b="65405"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Conector reto 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="0" cy="5303520"/>
+                          <a:ext cx="0" cy="4972050"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="19050" cap="rnd">
                           <a:solidFill>
                             <a:schemeClr val="accent2">
                               <a:lumMod val="75000"/>
                               <a:lumOff val="0"/>
                             </a:schemeClr>
                           </a:solidFill>
                           <a:bevel/>
                           <a:headEnd type="oval" w="med" len="med"/>
                           <a:tailEnd type="oval" w="med" len="med"/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="399598FF" id="Conector reto 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251704320;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin" from="59.5pt,13.9pt" to="59.5pt,431.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7fd5+4AEAAMkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6107cj9WXufgNL2k&#10;raWkP2AMs15UlkGAvfa/74A/mraXKsoFwTDzePPmsbg9DFbsMURDrpXTSS0FOkXauG0rfzzdv/so&#10;RUzgNFhy2MojRnm7fPtmMfoGZ9ST1RgEg7jYjL6VfUq+qaqoehwgTsij48uOwgCJj2Fb6QAjow+2&#10;mtX1+2qkoH0ghTFy9O50KZcFv+tQpe9dFzEJ20rmlsoayrrJa7VcQLMN4HujzjTgBSwGMI4fvULd&#10;QQKxC+YfqMGoQJG6NFE0VNR1RmHpgbuZ1n9189iDx9ILixP9Vab4erDq237l1iFTVwf36B9I/YzC&#10;0aoHt8VC4OnoeXDTLFU1+thcS/Ih+nUQm/Erac6BXaKiwqELQ4bk/sShiH28io2HJNQpqDg6v6lv&#10;5rMyiAqaS6EPMX1BGkTetNIal3WABvYPMWUi0FxSctjRvbG2zNI6MTLbT/Wcx62ALRWcLrWRrNE5&#10;L1cUg+HKBrEHtgYohS7NSp7dDdzOKf5hXtdnk3CYrXQKX+heUQqjPx7Y4B5PjHoE/dlpkYqOxO/J&#10;THFALYVF/jV5V7gnMPZ/Mrl7687TyAPIbo/NhvRxHS5TYr8UUmdvZ0M+P5fq3z9w+QsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAJGA8C3dAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdr&#10;kbhR5we1JcSpCohKHGkrcXXjJYmI15HttIGnZ8sFjjM7mp2vXE+2Fyf0oXOkIJ0nIJBqZzpqFBz2&#10;L7crECFqMrp3hAq+MMC6ml2VujDuTG942sVGcAmFQitoYxwKKUPdotVh7gYkvn04b3Vk6RtpvD5z&#10;ue1lliQLaXVH/KHVAz61WH/uRqvAbLdjlg91nt754Nzj6/773T8rdXM9bR5ARJziXxgu83k6VLzp&#10;6EYyQfSs03tmiQqyJSNcAr/GUcFqkScgq1L+R6h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAPt93n7gAQAAyQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAJGA8C3dAAAACgEAAA8AAAAAAAAAAAAAAAAAOgQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" strokecolor="#2861a9 [2405]" strokeweight="1.5pt">
+              <v:line w14:anchorId="160FCE31" id="Conector reto 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251704320;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin" from="70.15pt,10.45pt" to="70.15pt,401.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3Nh39SQIAALIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+QxIaFogIqyqBXrZd&#10;pN1+gLEdYtWxLdsQUNV/79gBtLSXVdWLY49nxm/evMny8dRJdOTWCa1KnI1TjLiimgm1L/H3181o&#10;jpHzRDEiteIlPnOHH1cfPyx7U/CJbrVk3CJIolzRmxK33psiSRxteUfcWBuu4LLRtiMejnafMEt6&#10;yN7JZJKmD0mvLTNWU+4cWOvhEq9i/qbh1D83jeMeyRIDNh9XG9ddWJPVkhR7S0wr6AUG+QcUHREK&#10;Hr2lqokn6GDFX6k6Qa12uvFjqrtEN42gPNYA1WTpH9W8tMTwWAuQ48yNJvf/0tJvx61FgpV4hpEi&#10;HbSogkZRry2y3Gs0DRT1xhXgWamtDUXSk3oxT5r+cEjpqiVqzyPU17OB+CxEJHch4eAMPLTrv2oG&#10;PuTgdeTr1NgupAQm0Cm25XxrCz95RAcjBWu+mE3SaWxZQoproLHOf+G6Q2FTYilUYIwU5PjkfABC&#10;iqtLMCu9EVLGrkuFekC7CDkRJSA+q1iMdVoKFvxCRJQir6RFRwIiIpRy5SfRTx46KGewz6ZpepET&#10;mEF0g/kK95YlIrp7YMePfEDUcsLWiiEfedTwHg4QO84wkhzmK+widk+EfI8nVC9VqAK4BD4uu0GZ&#10;PxfpYj1fz/NRPnlYj/K0rkefN1U+ethks2n9qa6qOvsVCs3yohWMcRU4uU5Jlr9PhZd5HfR9m5Nb&#10;H5L77JEeAHv9RtBRTEE/gxJ3mp239ioyGIzofBniMHlvz7B/+6tZ/QYAAP//AwBQSwMEFAAGAAgA&#10;AAAhAJyTgI7dAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfISNxYsnZCW2k6&#10;8SEm7ciGxDVrTFvR2FWSboVfT7YLHF/70evH5XpyvTiiDx2ThvlMgUCq2XbUaHjfv94tQYRoyJqe&#10;CTV8Y4B1dX1VmsLyid7wuIuNSCUUCqOhjXEopAx1i86EGQ9IaffJ3pmYom+k9eaUyl0vM6XupTMd&#10;pQutGfC5xfprNzoNdrMZs3yo8/nCB+an7f7nw79ofXszPT6AiDjFPxjO+kkdquR04JFsEH3KC5Un&#10;VEOmViDOwGVw0LBU+QpkVcr/L1S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALc2Hf1J&#10;AgAAsgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJyT&#10;gI7dAAAACgEAAA8AAAAAAAAAAAAAAAAAowQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AACtBQAAAAA=&#10;" strokecolor="#2861a9 [2405]" strokeweight="1.5pt">
                 <v:stroke startarrow="oval" endarrow="oval" joinstyle="bevel" endcap="round"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32A5BEE8" w14:textId="77777777" w:rsidR="00916B43" w:rsidRPr="00F869BA" w:rsidRDefault="00916B43" w:rsidP="00C76B40">
+    <w:p w:rsidR="00916B43" w:rsidRPr="00F869BA" w:rsidRDefault="00916B43" w:rsidP="00C76B40">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:sectPr w:rsidR="00916B43" w:rsidRPr="00F869BA" w:rsidSect="004438B3">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="284" w:footer="709" w:gutter="0"/>
           <w:cols w:num="3" w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B9993F0" w14:textId="77777777" w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625823">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>¹</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Doutor em </w:t>
       </w:r>
       <w:r w:rsidR="00D17CF2">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>XXXXXX</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> pela </w:t>
@@ -1208,64 +1181,64 @@
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C4615" w:rsidRPr="008C4615">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Não preencher!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DCD26DE" w14:textId="77777777" w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7258F3D4" w14:textId="77777777" w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625823">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>E-mail:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1278,69 +1251,69 @@
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             <w:color w:val="2861A9" w:themeColor="accent2" w:themeShade="BF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>autor@email.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D17CF2">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="598EFC7B" w14:textId="77777777" w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D40A76">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47725EF6" wp14:editId="09B1EA79">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D028412" wp14:editId="74919654">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-19050</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>89535</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="200660" cy="267335"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="20010"/>
                 <wp:lineTo x="20506" y="20010"/>
                 <wp:lineTo x="20506" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="8" name="Imagem 8" descr="http://www.cara3g.com.br/wp-content/uploads/2012/04/porta-chaves-cadeado-04.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -1367,172 +1340,154 @@
                     <a:xfrm flipH="1">
                       <a:off x="0" y="0"/>
                       <a:ext cx="200660" cy="267335"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D78ED3F" w14:textId="77777777" w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ACESSO ABERTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03327FAE" w14:textId="77777777" w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4358D801" w14:textId="77777777" w:rsidR="0031085F" w:rsidRPr="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRPr="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
           <w:noProof/>
           <w:color w:val="428BCA"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625823">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Copyright:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00625823">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Esta obra está licenciada com uma Licença </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Commons</w:t>
+        <w:t>Esta obra está licenciada com uma Licença Creative Commons</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atribuição 4.0 Internacional.</w:t>
       </w:r>
       <w:r w:rsidRPr="00082881">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
           <w:noProof/>
           <w:color w:val="428BCA"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D40A76">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
           <w:noProof/>
           <w:color w:val="428BCA"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="097CD50A" wp14:editId="15059323">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10411505" wp14:editId="2BD02813">
             <wp:extent cx="765810" cy="138430"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Imagem 2" descr="Licença Creative Commons">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId19"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="Licença Creative Commons">
                       <a:hlinkClick r:id="rId19"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
@@ -1541,64 +1496,64 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="765810" cy="138430"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42637522" w14:textId="77777777" w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C9170DD" w14:textId="77777777" w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625823">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Conflito de interesses</w:t>
       </w:r>
       <w:r w:rsidR="006A7521">
         <w:rPr>
           <w:rStyle w:val="Refdenotadefim"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
@@ -1662,63 +1617,63 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="007D6611" w:rsidRPr="00795473">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             <w:color w:val="2861A9" w:themeColor="accent2" w:themeShade="BF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Ver também</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007D6611">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72A3D47B" w14:textId="77777777" w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="121B58D0" w14:textId="77777777" w:rsidR="0031085F" w:rsidRPr="00045D28" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRPr="00045D28" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00916B43">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Financia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
@@ -1730,2144 +1685,1152 @@
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: Não há.</w:t>
       </w:r>
       <w:r w:rsidR="00045D28">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00045D28" w:rsidRPr="00045D28">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Se houver financiamento, deve ser informado)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E2AED38" w14:textId="77777777" w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FDB4607" w14:textId="77777777" w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0377E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Declaração de Disponibilidade dos dados</w:t>
       </w:r>
       <w:r w:rsidR="00045D28">
         <w:rPr>
           <w:rStyle w:val="Refdenotadefim"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:endnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00E0377E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Todos os dados relevantes estão disponíveis neste artigo. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1A355C" w14:textId="77777777" w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A7DFAD1" w14:textId="7FDBEEBE" w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00256CAE">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Recebido em:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 20</w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="1E0BE916" w14:textId="757B2B8A" w:rsidR="0031085F" w:rsidRDefault="00FE6DD3" w:rsidP="00641F65">
+        <w:t xml:space="preserve"> 20/09/2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00256CAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Revisado em:</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-          <w:b/>
-[...55 lines deleted...]
-    <w:p w14:paraId="49F9BD92" w14:textId="2D22AF63" w:rsidR="0031085F" w:rsidRDefault="00FE6DD3" w:rsidP="00641F65">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 01/10/2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00256CAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aceito em: </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-          <w:b/>
-[...40 lines deleted...]
-    <w:p w14:paraId="0CEA55F2" w14:textId="77777777" w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10/10/2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14EFD878" w14:textId="77777777" w:rsidR="0031085F" w:rsidRPr="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRPr="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0031085F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Como citar este artigo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505025DF" w14:textId="33D56B65" w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
+    <w:p w:rsidR="0031085F" w:rsidRDefault="0031085F" w:rsidP="00641F65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0031085F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">SOBRENOME, Nome; SOBRENOME, Nome; SOBRENOME, Nome. Título: subtítulo (se houver). </w:t>
       </w:r>
       <w:r w:rsidRPr="0031085F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Informação em Pauta</w:t>
       </w:r>
       <w:r w:rsidRPr="0031085F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, Fortaleza, v. X, p. X-XX</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">X. DOI:  </w:t>
+        <w:t xml:space="preserve">, Fortaleza, v. X, n. X, p. X-XX, mês./mês. 201X. DOI:  </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00795473">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             <w:color w:val="2861A9" w:themeColor="accent2" w:themeShade="BF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.0000/ip.ci.20180101</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC9B148" w14:textId="77777777" w:rsidR="00641F65" w:rsidRDefault="00641F65" w:rsidP="0031085F">
+    <w:p w:rsidR="00641F65" w:rsidRDefault="00641F65" w:rsidP="0031085F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DA2E5C2" w14:textId="77777777" w:rsidR="00641F65" w:rsidRDefault="00641F65" w:rsidP="0031085F">
+    <w:p w:rsidR="00641F65" w:rsidRDefault="00641F65" w:rsidP="0031085F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D550BB5" w14:textId="77777777" w:rsidR="0031085F" w:rsidRPr="00641F65" w:rsidRDefault="0031085F" w:rsidP="0031085F">
+    <w:p w:rsidR="0031085F" w:rsidRPr="00641F65" w:rsidRDefault="0031085F" w:rsidP="0031085F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00641F65">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>RESUMO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22AEFC7E" w14:textId="77777777" w:rsidR="0031085F" w:rsidRPr="00641F65" w:rsidRDefault="0031085F" w:rsidP="0031085F">
+    <w:p w:rsidR="0031085F" w:rsidRPr="00641F65" w:rsidRDefault="0031085F" w:rsidP="0031085F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00641F65">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Exclusivamente para artigos, o resumo com até 200 palavras, que expressem os tópicos de Introdução, Metodologia, Resultados e Conclusões. As outras seções da revista, tais como Entrevista, Resenha e Ensaio dispensam o resumo. O texto do resumo não deve conter citações, fórmulas e siglas. Deve ser apresentada também a versão em inglês (Abstract), se o artigo estiver em português, ou em espanhol (</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="5110464C" w14:textId="6BDB37A9" w:rsidR="005B1CBE" w:rsidRPr="00641F65" w:rsidRDefault="0031085F" w:rsidP="005B1CBE">
+        <w:t>Exclusivamente para artigos, o resumo com até 200 palavras, que expressem os tópicos de Introdução, Metodologia, Resultados e Conclusões. As outras seções da revista, tais como Entrevista, Resenha e Ensaio dispensam o resumo. O texto do resumo não deve conter citações, fórmulas e siglas. Deve ser apresentada também a versão em inglês (Abstract), se o artigo estiver em português, ou em espanhol (Resumen), se o artigo for escrito em inglês.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031085F" w:rsidRPr="00641F65" w:rsidRDefault="0031085F" w:rsidP="0031085F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00641F65">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Palavras-chave:</w:t>
       </w:r>
       <w:r w:rsidRPr="00641F65">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...114 lines deleted...]
-    <w:p w14:paraId="2E192A2B" w14:textId="7865A5AD" w:rsidR="0031085F" w:rsidRPr="00641F65" w:rsidRDefault="0031085F" w:rsidP="0031085F">
+        <w:t xml:space="preserve"> Palavra-chave 1. Palavra-chave 2. Palavra-chave 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031085F" w:rsidRPr="00641F65" w:rsidRDefault="0031085F" w:rsidP="0031085F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="16737689" w14:textId="77777777" w:rsidR="0031085F" w:rsidRPr="00641F65" w:rsidRDefault="0031085F" w:rsidP="0031085F">
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641F65">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ABSTRACT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031085F" w:rsidRPr="00641F65" w:rsidRDefault="0031085F" w:rsidP="0031085F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00641F65">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-          <w:b/>
-[...6 lines deleted...]
-    <w:p w14:paraId="6697211C" w14:textId="77777777" w:rsidR="0031085F" w:rsidRPr="00641F65" w:rsidRDefault="0031085F" w:rsidP="0031085F">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lorem Ipsum Lorem Ipsum Lorem Ipsum Lorem Ipsum Lorem Ipsum Lorem Ipsum Lorem Ipsum Lorem Ipsum Lorem Ipsum Lorem Ipsum Lorem Ipsum Lorem Ipsum Lorem Ipsum Lorem Ipsum Lorem Ipsum Lorem Ipsum Lorem Ipsum Lorem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031085F" w:rsidRPr="00641F65" w:rsidRDefault="0031085F" w:rsidP="0031085F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00641F65">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Keywords:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00641F65">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ipsum </w:t>
-[...424 lines deleted...]
-    <w:p w14:paraId="3BFD50DC" w14:textId="77777777" w:rsidR="0031085F" w:rsidRPr="00D17CF2" w:rsidRDefault="0031085F" w:rsidP="00D17CF2">
+        <w:t xml:space="preserve"> Palavra-chave 1. Palavra-chave 2. Palavra-chave 3. (No mínimo três palavras-chaves devem ser fornecidas e no máximo seis.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031085F" w:rsidRPr="00D17CF2" w:rsidRDefault="0031085F" w:rsidP="00D17CF2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="0031085F" w:rsidRPr="00D17CF2" w:rsidSect="004438B3">
           <w:headerReference w:type="even" r:id="rId23"/>
           <w:headerReference w:type="default" r:id="rId24"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:num="2" w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00641F65">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para a escolha das palavras-chave recomendamos a consulta ao Tesauro Brasileiro de Ciência da Informação, Catálogo de Autoridades da Biblioteca Nacional, Tesauro de </w:t>
-[...102 lines deleted...]
-    <w:p w14:paraId="278C0982" w14:textId="77777777" w:rsidR="005369A0" w:rsidRDefault="00C76B40" w:rsidP="00AA158F">
+        <w:t>Para a escolha das palavras-chave recomendamos a consulta ao Tesauro Brasileiro de Ciência da Informação, Catálogo de Autoridades da Biblioteca Nacional, Tesauro de Ciencias de la Documentación, UN Bibliographic Information System Thesaurus: UNBIS.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4615" w:rsidRDefault="008C4615" w:rsidP="00AA158F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7545"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="TtuloChar"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Aharoni"/>
+          <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F869BA">
+    </w:p>
+    <w:p w:rsidR="008C4615" w:rsidRDefault="008C4615" w:rsidP="00AA158F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7545"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="TtuloChar"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Aharoni"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00FE5668" w:rsidRPr="00F869BA">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005369A0" w:rsidRDefault="00C76B40" w:rsidP="00AA158F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7545"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="TtuloChar"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Aharoni"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F869BA">
         <w:rPr>
           <w:rStyle w:val="TtuloChar"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Aharoni"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>INTRODUÇÃO</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AA158F">
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5668" w:rsidRPr="00F869BA">
         <w:rPr>
           <w:rStyle w:val="TtuloChar"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Aharoni"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:t>INTRODUÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA158F">
         <w:rPr>
           <w:rStyle w:val="TtuloChar"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Aharoni"/>
+          <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="67197DE9" w14:textId="77777777" w:rsidR="00EF727C" w:rsidRPr="00EF727C" w:rsidRDefault="00EF727C" w:rsidP="00EF727C">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF727C" w:rsidRDefault="00EF727C" w:rsidP="00EF727C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="TtuloChar"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Aharoni"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF727C" w:rsidRPr="00EF727C" w:rsidRDefault="00EF727C" w:rsidP="00EF727C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Cambria" w:cs="Aharoni"/>
           <w:caps/>
           <w:spacing w:val="20"/>
           <w:kern w:val="28"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00EF727C" w:rsidRPr="00EF727C" w:rsidSect="004438B3">
           <w:headerReference w:type="even" r:id="rId25"/>
           <w:footerReference w:type="even" r:id="rId26"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="10"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5800386C" w14:textId="33D63A09" w:rsidR="00AA158F" w:rsidRPr="00AA158F" w:rsidRDefault="00AA158F" w:rsidP="002312EF">
+    <w:p w:rsidR="00AA158F" w:rsidRPr="00AA158F" w:rsidRDefault="00AA158F" w:rsidP="002312EF">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA158F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Os artigos devem ser submetidos em formato </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Os artigos devem ser submetidos em formato doc ou docx e Open Office, página tamanho A4 (21 x 29,7 cm.), entrelinhamento 1,5 cm (espaço simples nas citações), corpo 12, tipo </w:t>
+      </w:r>
+      <w:r w:rsidR="002312EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Cambria</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA158F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>doc</w:t>
-[...41 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> e para citações longas com mais de três linhas a fonte deve ter tamanho 10 e recuo de 4 cm da marg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>em esquerda, de 15 a 2</w:t>
+      </w:r>
       <w:r w:rsidR="002312EF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>Cambria</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> e para citações longas com mais de três linhas a fonte deve ter tamanho 10 e recuo de 4 cm da marg</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>em esquerda, de 15 a 2</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> páginas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B816CD7" w14:textId="77777777" w:rsidR="00AA158F" w:rsidRPr="00AA158F" w:rsidRDefault="00AA158F" w:rsidP="00F27687">
+    <w:p w:rsidR="00AA158F" w:rsidRPr="00AA158F" w:rsidRDefault="00AA158F" w:rsidP="00F27687">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA158F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>É de responsabilidade dos autores a revisão dos artigos de acordo com a norma culta da língua portuguesa. Contudo, a equipe da revista se reserva o direito de efetuar, nos originais, alterações de ordem normativa, ortográfica e gramatical, com vistas a manter o padrão culto da língua e a credibilidade do veículo. Respeitará, no entanto, o estilo de escrever dos autores. Alterações, correções ou sugestões de ordem conceitual serão encaminhadas aos autores, quando necessário.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F393345" w14:textId="77777777" w:rsidR="00AA158F" w:rsidRDefault="00AA158F" w:rsidP="00F27687">
+    <w:p w:rsidR="00AA158F" w:rsidRDefault="00AA158F" w:rsidP="00F27687">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA158F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Os artigos podem ser redigidos em </w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="6070BCA0" w14:textId="77777777" w:rsidR="00491959" w:rsidRPr="00F869BA" w:rsidRDefault="00491959" w:rsidP="00491959">
+        <w:t>Os artigos podem ser redigidos em Português, Inglês ou Espanhol. Quando traduzidos para a língua inglesa ou espanhola, sugerimos que o texto seja revisado por alguém que seja fluente no idioma, preferencialmente, que seja um cientista da área ou profissional habilitado para a tradução correta do manuscrito.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00491959" w:rsidRPr="00F869BA" w:rsidRDefault="00491959" w:rsidP="00491959">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Narkisim"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="600128CE" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="00AA158F">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="00AA158F">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F869BA">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00AA158F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>DESENVOLVIMENTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27874925" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C0DCFE9" w14:textId="77777777" w:rsidR="00F27687" w:rsidRPr="00F27687" w:rsidRDefault="00F27687" w:rsidP="00F27687">
+    <w:p w:rsidR="00F27687" w:rsidRPr="00F27687" w:rsidRDefault="00F27687" w:rsidP="00F27687">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F27687">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>A Informação em Pauta (IP) adota a NBR 10520 para citações, contudo, não segue o sistema numérico de citação. Não utilizamos notas de rodapé ou quaisquer notas explicativas ou notas de fim. Portanto, deve ser utilizado o sistema autor-data para as citações e a elaboração da lista de referências deve seguir a ordem alfabética.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08EDCB5B" w14:textId="6DC127D2" w:rsidR="00F27687" w:rsidRPr="00F27687" w:rsidRDefault="00F27687" w:rsidP="00F27687">
+    <w:p w:rsidR="00F27687" w:rsidRPr="00F27687" w:rsidRDefault="00F27687" w:rsidP="00F27687">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>A citação direta com até 3 linhas, c</w:t>
       </w:r>
       <w:r w:rsidRPr="00F27687">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>onforme a NBR 10520 (20</w:t>
-[...6 lines deleted...]
-        <w:t>23</w:t>
+        <w:t xml:space="preserve">onforme a NBR 10520 (2002, p. 2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>afirma</w:t>
       </w:r>
       <w:r w:rsidRPr="00F27687">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">, p. 2) </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> ser a “Transcrição literal da parte da obra do autor consultado”. Nesse sentido, o recomendável é que todos os elementos textuais, tais como a ortografia, sinais gráficos, pontuação, entre outros, sejam rigorosamente respeitados, funcionando como uma espécie de cópia fiel das ideias reveladas pelo autor em questão. As citações curtas com até três linhas são inseridas no texto, entre aspas duplas. Neste tipo de citação, é obrigatória a informação do intervalo de páginas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="259F0DE5" w14:textId="77777777" w:rsidR="00F27687" w:rsidRPr="00F27687" w:rsidRDefault="00F27687" w:rsidP="00F27687">
+    <w:p w:rsidR="00F27687" w:rsidRPr="00F27687" w:rsidRDefault="00F27687" w:rsidP="00F27687">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F27687">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="61E4C7A2" w14:textId="0DA76619" w:rsidR="00F27687" w:rsidRPr="00F27687" w:rsidRDefault="00F27687" w:rsidP="001803C1">
+        <w:lastRenderedPageBreak/>
+        <w:t>Le Coadic (2004, p. 26) refere-se metaforicamente à informação como a “seiva” da ciência, ou seja, “Fluido precioso, continuamente produzido e renovado, a informação só interessa se circula, e, sobretudo, se circula livremente”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F27687" w:rsidRPr="00F27687" w:rsidRDefault="00F27687" w:rsidP="001803C1">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F27687">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...17 lines deleted...]
-    <w:p w14:paraId="20CB6998" w14:textId="77777777" w:rsidR="00F27687" w:rsidRPr="00F27687" w:rsidRDefault="00F27687" w:rsidP="00F27687">
+        <w:t>“A ideia de que a mente funciona como um computador digital e que este último pode servir de modelo ou metáfora para conceber a mente humana iniciou a partir da década de 40”. (TEIXEIRA, 1998, p. 35).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F27687" w:rsidRPr="00F27687" w:rsidRDefault="00F27687" w:rsidP="00F27687">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">A citação direta longa, ou seja, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F27687">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>com mais de três linhas devem aparecer em um parágrafo distinto, com espacejamento simples de entrelinhas, recuo de 4 cm da margem esquerda e descrito em fonte 10.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="369EBA98" w14:textId="77777777" w:rsidR="00F27687" w:rsidRPr="00F27687" w:rsidRDefault="00F27687" w:rsidP="00F27687">
+    <w:p w:rsidR="00F27687" w:rsidRPr="00F27687" w:rsidRDefault="00F27687" w:rsidP="00F27687">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F27687">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para Barros e </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="026932E9" w14:textId="77777777" w:rsidR="00F27687" w:rsidRPr="00B103C3" w:rsidRDefault="00F27687" w:rsidP="00F27687">
+        <w:t>Para Barros e Lehfeld (2000, p. 107):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F27687" w:rsidRPr="00B103C3" w:rsidRDefault="00F27687" w:rsidP="00F27687">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18D2D862" w14:textId="77777777" w:rsidR="00F27687" w:rsidRDefault="00F27687" w:rsidP="00F27687">
+    <w:p w:rsidR="00F27687" w:rsidRDefault="00F27687" w:rsidP="00F27687">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:ind w:left="2268"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F27687">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>As citações ou transcrições de documentos bibliográficos servem para fortalecer e apoiar a tese do pesquisador ou para documentar sua interpretação. O que citar? Componentes relevantes para descrição, explicação ou exposições temáticas. Para que citar? Para o investigador refutar ou aceitar o raciocínio e exposição de um autor suporte [...].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC3E2DF" w14:textId="77777777" w:rsidR="00B103C3" w:rsidRDefault="00B103C3" w:rsidP="00F27687">
+    <w:p w:rsidR="00B103C3" w:rsidRDefault="00B103C3" w:rsidP="00F27687">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54E3697D" w14:textId="711663BC" w:rsidR="00F27687" w:rsidRPr="00F27687" w:rsidRDefault="00F27687" w:rsidP="00F27687">
+    <w:p w:rsidR="00F27687" w:rsidRPr="00F27687" w:rsidRDefault="00F27687" w:rsidP="00F27687">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F27687">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">A citação indireta se caracteriza como uma espécie de paráfrase das ideias de um determinado autor, por meio de suas próprias palavras, porém, </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="3352D094" w14:textId="21421FE2" w:rsidR="001803C1" w:rsidRPr="001803C1" w:rsidRDefault="00F27687" w:rsidP="001803C1">
+        <w:t>A citação indireta se caracteriza como uma espécie de paráfrase das ideias de um determinado autor, por meio de suas próprias palavras, porém, mantendo o mesmo sentido. A informação do intervalo da página neste tipo de citação é opcional.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001803C1" w:rsidRPr="001803C1" w:rsidRDefault="00F27687" w:rsidP="001803C1">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F27687">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>Independentemente do nosso reconhecimento, o currículo, bem como as questões educacionais, vistas sob um ponto de vista mais generalizado, mantêm-se relacionados a aspectos históricos relativos a conflitos de classe, raça, sexo e religião, não somente em se tratando dos Estados Unidos, mas também a outros países. (</w:t>
-[...67 lines deleted...]
-    <w:p w14:paraId="0B189463" w14:textId="77777777" w:rsidR="001803C1" w:rsidRDefault="001803C1" w:rsidP="00B103C3">
+        <w:t>Independentemente do nosso reconhecimento, o currículo, bem como as questões educacionais, vistas sob um ponto de vista mais generalizado, mantêm-se relacionados a aspectos históricos relativos a conflitos de classe, raça, sexo e religião, não somente em se tratando dos Estados Unidos, mas também a outros países. (APPLE, 1994 apud MOREIRA; SILVA, 2002).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001803C1" w:rsidRDefault="001803C1" w:rsidP="00B103C3">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49014C8B" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00B103C3" w:rsidRDefault="004F494D" w:rsidP="00B103C3">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00B103C3" w:rsidRDefault="004F494D" w:rsidP="00B103C3">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B103C3">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00B103C3" w:rsidRPr="00B103C3">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>ILUSTRAÇÕES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51E23B46" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F08D0E8" w14:textId="77777777" w:rsidR="00B103C3" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+    <w:p w:rsidR="00B103C3" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F869BA">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B103C3" w:rsidRPr="00B103C3">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ilustrações como quadros, tabelas, fotografias e gráficos, devem ser incluídas no texto o mais próximo possível do trecho a que se refere, com seu número de ordem. Devem preferencialmente ser submetidas em resolução mínima de 300 </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="40434460" w14:textId="77777777" w:rsidR="00B103C3" w:rsidRDefault="00B103C3" w:rsidP="004F494D">
+        <w:t>Ilustrações como quadros, tabelas, fotografias e gráficos, devem ser incluídas no texto o mais próximo possível do trecho a que se refere, com seu número de ordem. Devem preferencialmente ser submetidas em resolução mínima de 300 dpi. Caso já tenham sido publicados, indicar a fonte e enviar a permissão para reprodução. Esses elementos também podem ser enviados como documentos suplementares durante a submissão do artigo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B103C3" w:rsidRDefault="00B103C3" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FA2E685" w14:textId="77777777" w:rsidR="00B103C3" w:rsidRDefault="00B103C3" w:rsidP="004F494D">
+    <w:p w:rsidR="00B103C3" w:rsidRDefault="00B103C3" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57727FBD" w14:textId="77777777" w:rsidR="00B103C3" w:rsidRDefault="00B103C3" w:rsidP="004F494D">
+    <w:p w:rsidR="00B103C3" w:rsidRDefault="00B103C3" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7682FF5A" w14:textId="77777777" w:rsidR="004F7E7E" w:rsidRDefault="004F7E7E" w:rsidP="004F494D">
-[...10 lines deleted...]
-    <w:p w14:paraId="5E9B6693" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0ABB0B58" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F869BA">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura 1 – </w:t>
       </w:r>
       <w:r w:rsidRPr="00F869BA">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Todos os dados científicos online.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44AEDEB3" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F869BA">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114935" distR="114935" simplePos="0" relativeHeight="251649024" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11EA6987" wp14:editId="68DF2247">
+          <wp:anchor distT="0" distB="0" distL="114935" distR="114935" simplePos="0" relativeHeight="251649024" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B9E30C6" wp14:editId="2EC20DE6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1423264</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>177521</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2582265" cy="1967788"/>
             <wp:effectExtent l="0" t="0" r="8890" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="12" name="Imagem 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27" cstate="print">
@@ -3889,1570 +2852,1179 @@
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF"/>
                     </a:solidFill>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00F869BA">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5332ED83" wp14:editId="63CE8DC2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="659BEEAB" wp14:editId="2A200637">
             <wp:extent cx="14605" cy="14605"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Imagem 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId28">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="14605" cy="14605"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF"/>
                     </a:solidFill>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03A2478E" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="039FD3DA" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="258F0DB1" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C0CFB51" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19123F39" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C103DA7" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="461A289A" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74947C60" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F74664F" w14:textId="2E483567" w:rsidR="004F494D" w:rsidRDefault="004F494D" w:rsidP="008F5225">
+    <w:p w:rsidR="004F494D" w:rsidRDefault="004F494D" w:rsidP="008F5225">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F869BA">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fonte</w:t>
       </w:r>
       <w:r w:rsidRPr="00F869BA">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Adaptado de </w:t>
-[...60 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>: Adaptado de TOLLE; TANSLEY; HEY</w:t>
+      </w:r>
       <w:r w:rsidR="008F5225">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...38 lines deleted...]
-    <w:p w14:paraId="2F85D338" w14:textId="77777777" w:rsidR="008F5225" w:rsidRDefault="008F5225" w:rsidP="004F494D">
+        <w:t>, 2011, p. 25.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5225" w:rsidRDefault="008F5225" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C04E230" w14:textId="77777777" w:rsidR="008F5225" w:rsidRDefault="008F5225" w:rsidP="004F494D">
+    <w:p w:rsidR="008F5225" w:rsidRDefault="008F5225" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Lorem</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Lorem Ipsum Lorem Ipsum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ipsum </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Lorem Ipsum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Lorem</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Lorem Ipsum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ipsum</w:t>
+        <w:t>Lorem Ipsum</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0E55">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Lorem</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Lorem Ipsum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ipsum</w:t>
+        <w:t>Lorem Ipsum</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0E55">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Lorem</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Lorem Ipsum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ipsum</w:t>
+        <w:t>Lorem Ipsum</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0E55">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Lorem</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Lorem Ipsum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ipsum</w:t>
+        <w:t>Lorem Ipsum</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0E55">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Lorem</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Lorem Ipsum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ipsum</w:t>
+        <w:t>Lorem Ipsum</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0E55">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Lorem</w:t>
-[...149 lines deleted...]
-    <w:p w14:paraId="226612EC" w14:textId="77777777" w:rsidR="008F5225" w:rsidRPr="00F869BA" w:rsidRDefault="008F5225" w:rsidP="004F494D">
+        <w:t>Lorem Ipsum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5225" w:rsidRPr="00F869BA" w:rsidRDefault="008F5225" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40F0A626" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="008F5225" w:rsidRDefault="004F494D" w:rsidP="008F5225">
+    <w:p w:rsidR="004F494D" w:rsidRPr="008F5225" w:rsidRDefault="004F494D" w:rsidP="008F5225">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F869BA">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="008F5225">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>CONCLUSÃO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B22E568" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34C7AC4F" w14:textId="77777777" w:rsidR="008F5225" w:rsidRPr="00F869BA" w:rsidRDefault="008F5225" w:rsidP="008F5225">
+    <w:p w:rsidR="008F5225" w:rsidRPr="00F869BA" w:rsidRDefault="008F5225" w:rsidP="008F5225">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Concluímos</w:t>
       </w:r>
       <w:r w:rsidR="004F494D" w:rsidRPr="00F869BA">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> o desenvolvimento de metodologias e ferramentas baseadas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
       <w:r w:rsidR="004F494D" w:rsidRPr="00F869BA">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Lorem</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Lorem Ipsum Lorem Ipsum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ipsum </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Lorem Ipsum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Lorem</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Lorem Ipsum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ipsum</w:t>
+        <w:t>Lorem Ipsum</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0E55">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Lorem</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Lorem Ipsum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ipsum</w:t>
+        <w:t>Lorem Ipsum</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0E55">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Lorem</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Lorem Ipsum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ipsum</w:t>
+        <w:t>Lorem Ipsum</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0E55">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Lorem</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Lorem Ipsum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ipsum</w:t>
+        <w:t>Lorem Ipsum</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0E55">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Lorem</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Lorem Ipsum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ipsum</w:t>
+        <w:t>Lorem Ipsum</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0E55">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Lorem</w:t>
-[...149 lines deleted...]
-    <w:p w14:paraId="6B2A3155" w14:textId="77777777" w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
+        <w:t>Lorem Ipsum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F494D" w:rsidRPr="00F869BA" w:rsidRDefault="004F494D" w:rsidP="004F494D">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CB37387" w14:textId="77777777" w:rsidR="00B103C3" w:rsidRPr="00B103C3" w:rsidRDefault="004F494D" w:rsidP="00366664">
+    <w:p w:rsidR="00B103C3" w:rsidRPr="00B103C3" w:rsidRDefault="004F494D" w:rsidP="00366664">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F869BA">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>REFE</w:t>
       </w:r>
       <w:r w:rsidR="00366664">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>RÊNCIAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B63E061" w14:textId="77777777" w:rsidR="007A2B3A" w:rsidRPr="00F869BA" w:rsidRDefault="007A2B3A" w:rsidP="007A2B3A">
+    <w:p w:rsidR="007A2B3A" w:rsidRPr="00F869BA" w:rsidRDefault="007A2B3A" w:rsidP="007A2B3A">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61A3B703" w14:textId="77777777" w:rsidR="00256CAE" w:rsidRDefault="00256CAE" w:rsidP="007A2B3A">
+    <w:p w:rsidR="00256CAE" w:rsidRDefault="00256CAE" w:rsidP="007A2B3A">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00256CAE" w:rsidSect="008E0F6B">
+        <w:sectPr w:rsidR="00256CAE" w:rsidSect="004438B3">
           <w:headerReference w:type="default" r:id="rId29"/>
           <w:footerReference w:type="default" r:id="rId30"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
-          <w:pgNumType w:start="4"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60B0DCC2" w14:textId="77777777" w:rsidR="007A2B3A" w:rsidRPr="0065520F" w:rsidRDefault="007A2B3A" w:rsidP="007A2B3A">
+    <w:p w:rsidR="007A2B3A" w:rsidRPr="0065520F" w:rsidRDefault="007A2B3A" w:rsidP="007A2B3A">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0065520F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ASSOCIAÇÃO BRASILEIRA DE NORMAS TÉCNICAS. </w:t>
       </w:r>
       <w:r w:rsidRPr="0065520F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NBR 6022</w:t>
       </w:r>
       <w:r w:rsidRPr="0065520F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: Informação e Documentação - Artigo em publicação periódica científica impressa - Apresentação. Rio de Janeiro, 2003. 5 p.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C11E32D" w14:textId="77777777" w:rsidR="007A2B3A" w:rsidRPr="0065520F" w:rsidRDefault="007A2B3A" w:rsidP="00B103C3">
+    <w:p w:rsidR="007A2B3A" w:rsidRPr="0065520F" w:rsidRDefault="007A2B3A" w:rsidP="00B103C3">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55453A58" w14:textId="77777777" w:rsidR="007A2B3A" w:rsidRPr="0065520F" w:rsidRDefault="007A2B3A" w:rsidP="00B103C3">
+    <w:p w:rsidR="007A2B3A" w:rsidRPr="0065520F" w:rsidRDefault="007A2B3A" w:rsidP="00B103C3">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0065520F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">FRANÇA, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">FRANÇA, Junia Lessa; VASCONCELLOS, Ana Cristina de. </w:t>
+      </w:r>
       <w:r w:rsidRPr="0065520F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Junia</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Manual para normalização de publicações técnico-científicas</w:t>
+      </w:r>
       <w:r w:rsidRPr="0065520F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Lessa; VASCONCELLOS, Ana Cristina de. </w:t>
+        <w:t>. 7. ed. Belo Horizonte: Ed. UFMG, 2004.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A2B3A" w:rsidRPr="0065520F" w:rsidRDefault="007A2B3A" w:rsidP="00B103C3">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A2B3A" w:rsidRPr="0065520F" w:rsidRDefault="007A2B3A" w:rsidP="004F494D">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065520F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">GIL, A. C. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065520F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Métodos e técnicas de pesquisa social. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065520F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2. ed. São Paulo: Atlas, 1989.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A2B3A" w:rsidRPr="0065520F" w:rsidRDefault="007A2B3A" w:rsidP="004F494D">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Arial" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A2B3A" w:rsidRPr="0065520F" w:rsidRDefault="007A2B3A" w:rsidP="00B103C3">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065520F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00706199" w:rsidRPr="0065520F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NSTITUTO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065520F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00706199" w:rsidRPr="0065520F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RASILEIRO DE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065520F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="00706199" w:rsidRPr="0065520F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EOGRAFIA E </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065520F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00706199" w:rsidRPr="0065520F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>STATÍSTICA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065520F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065520F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Normas de apresentação tabular</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065520F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. 3. ed. Rio de Janeiro, 1993.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A2B3A" w:rsidRPr="0065520F" w:rsidRDefault="007A2B3A" w:rsidP="00B103C3">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00256CAE" w:rsidRDefault="007A2B3A" w:rsidP="00DA6B8B">
+      <w:pPr>
+        <w:pStyle w:val="LO-normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065520F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LE COADIC, Yves-françois. </w:t>
       </w:r>
       <w:r w:rsidRPr="0065520F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Manual para normalização de publicações técnico-científicas</w:t>
+        <w:t>Ciência da Informação</w:t>
       </w:r>
       <w:r w:rsidRPr="0065520F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>. 7. ed. Belo Horizonte: Ed. UFMG, 2004.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="LO-normal"/>
+        <w:t>. 2. ed. Brasília</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6B8B" w:rsidRPr="0065520F">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="28850A75" w14:textId="77777777" w:rsidR="007A2B3A" w:rsidRPr="0065520F" w:rsidRDefault="007A2B3A" w:rsidP="004F494D">
+        <w:t xml:space="preserve">: Briquet de Lemos, 2004. 124 p. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00794DB7" w:rsidRDefault="00794DB7" w:rsidP="00DA6B8B">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0065520F">
-[...261 lines deleted...]
-    <w:p w14:paraId="7557D3EB" w14:textId="77777777" w:rsidR="00794DB7" w:rsidRDefault="00794DB7" w:rsidP="00DA6B8B">
+    </w:p>
+    <w:p w:rsidR="00794DB7" w:rsidRDefault="00794DB7" w:rsidP="00DA6B8B">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00794DB7" w:rsidSect="004438B3">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:num="2" w:space="567"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4569D0B6" w14:textId="77777777" w:rsidR="00794DB7" w:rsidRDefault="00794DB7" w:rsidP="00DA6B8B">
+    <w:p w:rsidR="00794DB7" w:rsidRDefault="00794DB7" w:rsidP="00DA6B8B">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0778B727" w14:textId="77777777" w:rsidR="00794DB7" w:rsidRDefault="00794DB7" w:rsidP="00DA6B8B">
+    <w:p w:rsidR="00794DB7" w:rsidRDefault="00794DB7" w:rsidP="00DA6B8B">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D170F43" w14:textId="77777777" w:rsidR="00794DB7" w:rsidRDefault="00794DB7" w:rsidP="00DA6B8B">
+    <w:p w:rsidR="00794DB7" w:rsidRDefault="00794DB7" w:rsidP="00DA6B8B">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38B14ABE" w14:textId="77777777" w:rsidR="00794DB7" w:rsidRPr="0065520F" w:rsidRDefault="00794DB7" w:rsidP="00DA6B8B">
+    <w:p w:rsidR="00794DB7" w:rsidRPr="0065520F" w:rsidRDefault="00794DB7" w:rsidP="00DA6B8B">
       <w:pPr>
         <w:pStyle w:val="LO-normal"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00794DB7" w:rsidRPr="0065520F" w:rsidSect="004438B3">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16839"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="567"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4DAB701E" w14:textId="77777777" w:rsidR="00901136" w:rsidRDefault="00901136" w:rsidP="00370EAD">
+    <w:p w:rsidR="001B16BD" w:rsidRDefault="001B16BD" w:rsidP="00370EAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="201ED45A" w14:textId="77777777" w:rsidR="00901136" w:rsidRDefault="00901136" w:rsidP="00370EAD">
+    <w:p w:rsidR="001B16BD" w:rsidRDefault="001B16BD" w:rsidP="00370EAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
-    <w:p w14:paraId="764DBC72" w14:textId="77777777" w:rsidR="00794DB7" w:rsidRPr="00093225" w:rsidRDefault="00794DB7">
+    <w:p w:rsidR="00794DB7" w:rsidRPr="00093225" w:rsidRDefault="00794DB7">
       <w:pPr>
         <w:pStyle w:val="Textodenotadefim"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00093225">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
         </w:rPr>
         <w:t>NOTAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F435781" w14:textId="77777777" w:rsidR="00794DB7" w:rsidRPr="00093225" w:rsidRDefault="00794DB7">
+    <w:p w:rsidR="00794DB7" w:rsidRPr="00093225" w:rsidRDefault="00794DB7">
       <w:pPr>
         <w:pStyle w:val="Textodenotadefim"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7580AD87" w14:textId="77777777" w:rsidR="006A7521" w:rsidRPr="00093225" w:rsidRDefault="006A7521" w:rsidP="0010711A">
+    <w:p w:rsidR="006A7521" w:rsidRPr="00093225" w:rsidRDefault="006A7521" w:rsidP="0010711A">
       <w:pPr>
         <w:pStyle w:val="Textodenotadefim"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00093225">
         <w:rPr>
           <w:rStyle w:val="Refdenotadefim"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00093225">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Conflito de interesses é definido como uma condição na qual uma pessoa detém interesses conflitantes ou concorrentes que podem influenciar nas decisões editoriais. Os conflitos de interesses podem ser de ordem pessoal, política, financeira, acadêmica ou religiosa. Exemplo 1: Conhece</w:t>
@@ -5518,62 +4090,62 @@
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> revista. Exemplo 2: O artigo foi financiado por uma empresa que pagou o pesquisador para realizar um estudo, entretanto, o fato não foi comunicado. Note bem: não há problemas em comunicar ao editor sobre o potencial conflito de interesses, errado é não comunicar, assim, trata-se de conduta questionável e de má</w:t>
       </w:r>
       <w:r w:rsidR="0010711A" w:rsidRPr="00093225">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00093225">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>fé pública.</w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="2">
-    <w:p w14:paraId="648E00B0" w14:textId="77777777" w:rsidR="00045D28" w:rsidRPr="00093225" w:rsidRDefault="00045D28" w:rsidP="001D07A4">
+    <w:p w:rsidR="00045D28" w:rsidRPr="00093225" w:rsidRDefault="00045D28" w:rsidP="001D07A4">
       <w:pPr>
         <w:pStyle w:val="Textodenotadefim"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36BD4877" w14:textId="77777777" w:rsidR="00045D28" w:rsidRPr="00093225" w:rsidRDefault="00045D28" w:rsidP="001D07A4">
+    <w:p w:rsidR="00045D28" w:rsidRPr="00093225" w:rsidRDefault="00045D28" w:rsidP="001D07A4">
       <w:pPr>
         <w:pStyle w:val="Textodenotadefim"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00093225">
         <w:rPr>
           <w:rStyle w:val="Refdenotadefim"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00093225">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5619,69 +4191,51 @@
         <w:t xml:space="preserve"> com bastante atenção em relação a este requisito. A revista incentiva fortemente o compartilhamento e disponibilização dos dados de pesquisa relacionados ao manuscrito enviado, entretanto, essa prática não é obrigatória. Se não irá disponibilizar nenhum dos dados de pesquisa em repositórios específicos, preencha o campo da declaração de disponibilização de dados com a seguinte mensagem: </w:t>
       </w:r>
       <w:r w:rsidR="003C2CD2" w:rsidRPr="00093225">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Não se aplica</w:t>
       </w:r>
       <w:r w:rsidR="003C2CD2" w:rsidRPr="00093225">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="001D07A4" w:rsidRPr="00093225">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se seguir a recomendação da revista e disponibilizar os dados de sua pesquisa relacionados ao artigo submetido em um dos repositórios sugeridos, solicitamos que envie </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> por e-mail para a equipe editorial da revista ou pela plataforma de submissão para informar o link do depósito dos dados, assim, podemos providenciar o cruzamento dessas informações para que fiquem visíveis no artigo.</w:t>
+        <w:t>Se seguir a recomendação da revista e disponibilizar os dados de sua pesquisa relacionados ao artigo submetido em um dos repositórios sugeridos, solicitamos que envie mensagem por e-mail para a equipe editorial da revista ou pela plataforma de submissão para informar o link do depósito dos dados, assim, podemos providenciar o cruzamento dessas informações para que fiquem visíveis no artigo.</w:t>
       </w:r>
       <w:r w:rsidR="00A143A0" w:rsidRPr="00093225">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mensagem a ser exibida para os artigos que disponibilizam os dados em repositório: </w:t>
       </w:r>
       <w:r w:rsidR="00A143A0" w:rsidRPr="00093225">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Todos os dados relevantes estão disponíveis neste artigo</w:t>
       </w:r>
       <w:r w:rsidR="00A143A0" w:rsidRPr="00093225">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -5699,134 +4253,134 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             <w:color w:val="2861A9" w:themeColor="accent2" w:themeShade="BF"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>informacaoempauta@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A143A0" w:rsidRPr="003D2438">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="2861A9" w:themeColor="accent2" w:themeShade="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Byington">
     <w:altName w:val="Sitka Small"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="0000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Narkisim">
     <w:charset w:val="B1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aharoni">
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="771DF08D" w14:textId="77777777" w:rsidR="00D17CF2" w:rsidRDefault="00D17CF2">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00D17CF2" w:rsidRDefault="00D17CF2">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Inf. Pauta, </w:t>
     </w:r>
     <w:r w:rsidRPr="008F7D9D">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Fortaleza, CE, v. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
@@ -5847,123 +4401,112 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>x</w:t>
     </w:r>
     <w:r w:rsidRPr="008F7D9D">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> mês</w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
-    <w:r>
+    <w:r w:rsidRPr="008F7D9D">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>mês</w:t>
-[...7 lines deleted...]
-      </w:rPr>
       <w:t>./</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>mês</w:t>
     </w:r>
     <w:r w:rsidRPr="008F7D9D">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>. 201</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">8 </w:t>
     </w:r>
     <w:r w:rsidRPr="00137943">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">| </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>ISSN 2525-3468</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="67BDBDA6" w14:textId="77777777" w:rsidR="00B54485" w:rsidRDefault="00B54485">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00B54485" w:rsidRDefault="00B54485">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Inf. Pauta, </w:t>
     </w:r>
     <w:r w:rsidRPr="008F7D9D">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Fortaleza, CE, v. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
@@ -5984,302 +4527,367 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>x</w:t>
     </w:r>
     <w:r w:rsidRPr="008F7D9D">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> mês</w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
-    <w:r>
+    <w:r w:rsidRPr="008F7D9D">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>mês</w:t>
-[...7 lines deleted...]
-      </w:rPr>
       <w:t>./</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>mês</w:t>
     </w:r>
     <w:r w:rsidRPr="008F7D9D">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>. 201</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">8 </w:t>
     </w:r>
     <w:r w:rsidRPr="00137943">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">| </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>ISSN 2525-3468</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="75CD1861" w14:textId="77777777" w:rsidR="00A62317" w:rsidRDefault="00A62317">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00A62317" w:rsidRDefault="00A62317">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6B8A40FB" w14:textId="3570DBD4" w:rsidR="005B1CBE" w:rsidRDefault="005B1CBE" w:rsidP="005B1CBE">
+  <w:p w:rsidR="00A62317" w:rsidRPr="008F7D9D" w:rsidRDefault="00137943" w:rsidP="00A62317">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="right"/>
-    </w:pPr>
-    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Inf. Pauta, </w:t>
-[...1 lines deleted...]
-    <w:r w:rsidRPr="008F7D9D">
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Fortaleza, CE, v.</w:t>
+      <w:t xml:space="preserve">Inf. Pauta, </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00A62317" w:rsidRPr="008F7D9D">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">Fortaleza, CE, v. </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00A62317">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>10</w:t>
+      <w:t>x</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00A62317" w:rsidRPr="008F7D9D">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">, 2025 </w:t>
+      <w:t xml:space="preserve">, n. </w:t>
+    </w:r>
+    <w:r w:rsidR="00A62317">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>x</w:t>
+    </w:r>
+    <w:r w:rsidR="00A62317" w:rsidRPr="008F7D9D">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>,</w:t>
+    </w:r>
+    <w:r w:rsidR="00A62317">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> mês</w:t>
+    </w:r>
+    <w:r w:rsidR="00A62317" w:rsidRPr="008F7D9D">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>./</w:t>
+    </w:r>
+    <w:r w:rsidR="00A62317">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>mês</w:t>
+    </w:r>
+    <w:r w:rsidR="00A62317" w:rsidRPr="008F7D9D">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>. 201</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">8 </w:t>
     </w:r>
     <w:r w:rsidRPr="00137943">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">| </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>ISSN 2525-3468</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="67C85670" w14:textId="5B8EB1AE" w:rsidR="00A62317" w:rsidRDefault="00A574CD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00A62317" w:rsidRPr="008F7D9D" w:rsidRDefault="00137943" w:rsidP="00697FAC">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
-    </w:pPr>
-    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Inf. Pauta, </w:t>
-[...1 lines deleted...]
-    <w:r w:rsidRPr="008F7D9D">
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Fortaleza, CE, v.</w:t>
+      <w:t xml:space="preserve">Inf. Pauta, </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00A62317" w:rsidRPr="008F7D9D">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 10, 2025 </w:t>
-[...7 lines deleted...]
-      <w:t xml:space="preserve">| </w:t>
+      <w:t>Fortaleza, CE, v. 1, n. 1, jan./jun. 201</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
+      <w:t xml:space="preserve">8 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00137943">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">| </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:t>ISSN 2525-3468</w:t>
     </w:r>
+  </w:p>
+  <w:p w:rsidR="00A62317" w:rsidRDefault="00A62317">
+    <w:pPr>
+      <w:pStyle w:val="Rodap"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00A62317" w:rsidRDefault="00A62317">
+    <w:pPr>
+      <w:pStyle w:val="Rodap"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74B20E16" w14:textId="77777777" w:rsidR="00901136" w:rsidRDefault="00901136" w:rsidP="00370EAD">
+    <w:p w:rsidR="001B16BD" w:rsidRDefault="001B16BD" w:rsidP="00370EAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6084F441" w14:textId="77777777" w:rsidR="00901136" w:rsidRDefault="00901136" w:rsidP="00370EAD">
+    <w:p w:rsidR="001B16BD" w:rsidRDefault="001B16BD" w:rsidP="00370EAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="342C819C" w14:textId="77777777" w:rsidR="00D17CF2" w:rsidRDefault="004D6A02" w:rsidP="002D0931">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00D17CF2" w:rsidRDefault="004D6A02" w:rsidP="002D0931">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="2133"/>
         <w:tab w:val="left" w:pos="4710"/>
       </w:tabs>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CE2F3CC" wp14:editId="49AF932E">
+            <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-629920</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-454661</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="10046970" cy="0"/>
               <wp:effectExtent l="0" t="0" r="30480" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="5" name="AutoShape 4"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="10046970" cy="0"/>
                       </a:xfrm>
@@ -6310,74 +4918,74 @@
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="4C02FFCD" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
             <v:shape id="AutoShape 4" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-49.6pt;margin-top:-35.8pt;width:791.1pt;height:0;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzD3LVIwIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0T2ynTpoYcYrOTnbp&#10;ugDtfoAiybYwWRIkNU4w7L+PUj6Qbpdh2EWmTPLxkXxaPhx6ifbcOqFVibNxihFXVDOh2hJ/e92M&#10;5hg5TxQjUite4iN3+GH18cNyMAWf6E5Lxi0CEOWKwZS4894USeJox3vixtpwBc5G2554uNo2YZYM&#10;gN7LZJKms2TQlhmrKXcO/tYnJ15F/Kbh1H9tGsc9kiUGbj6eNp67cCarJSlaS0wn6JkG+QcWPREK&#10;il6hauIJerPiD6heUKudbvyY6j7RTSMojz1AN1n6WzcvHTE89gLDceY6Jvf/YOnzfmuRYCWeYqRI&#10;Dyt6fPM6VkZ5GM9gXAFRldra0CA9qBfzpOl3h5SuOqJaHoNfjwZys5CRvEsJF2egyG74ohnEEMCP&#10;szo0tg+QMAV0iCs5XlfCDx5R+JmlaT5b3MPq6MWZkOKSaazzn7nuUTBK7Lwlou18pZWCzWubxTpk&#10;/+R84EWKS0Ioq/RGSBkFIBUaSryYTqYxwWkpWHCGMGfbXSUt2hOQ0F02zxefYpPguQ2z+k2xCNZx&#10;wtZn2xMhTzYUlyrgQWdA52ydNPJjkS7W8/U8H+WT2XqUp3U9etxU+Wi2ye6n9V1dVXX2M1DL8qIT&#10;jHEV2F30muV/p4fzyzkp7arY6xiS9+hxXkD28o2k42rDNk+62Gl23NrLykGiMfj8nMIbuL2Dffvo&#10;V78AAAD//wMAUEsDBBQABgAIAAAAIQD5RE9E3gAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;T8MwDIXvSPyHyEjctnQFla00nRAS3CZgoJ3TxmurNU7XZF3493gSEtxsv6fn7xXraHsx4eg7RwoW&#10;8wQEUu1MR42Cr8+X2RKED5qM7h2hgm/0sC6vrwqdG3emD5y2oREcQj7XCtoQhlxKX7dotZ+7AYm1&#10;vRutDryOjTSjPnO47WWaJJm0uiP+0OoBn1usD9uTVRA31k0Yps1x907VaxyzdPd2VOr2Jj49gggY&#10;w58ZLviMDiUzVe5ExotewWy1StnKw8MiA3Fx3C/vuF71e5JlIf+XKH8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA8w9y1SMCAAA8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA+URPRN4AAAAMAQAADwAAAAAAAAAAAAAAAAB9BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" strokecolor="#31849b"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2154C108" w14:textId="77777777" w:rsidR="00A62317" w:rsidRDefault="004D6A02" w:rsidP="002D0931">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00A62317" w:rsidRDefault="004D6A02" w:rsidP="002D0931">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="2133"/>
         <w:tab w:val="left" w:pos="4710"/>
       </w:tabs>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FAE1CC8" wp14:editId="05931308">
+            <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-629920</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-454661</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="10046970" cy="0"/>
               <wp:effectExtent l="0" t="0" r="30480" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="469" name="AutoShape 4"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="10046970" cy="0"/>
                       </a:xfrm>
@@ -6408,584 +5016,617 @@
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="4F611DE2" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
             <v:shape id="AutoShape 4" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-49.6pt;margin-top:-35.8pt;width:791.1pt;height:0;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpwBx0JAIAAD4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0T2ynTpoYcYrOTnbp&#10;ugDtfoAiybYwWRIkNU4w7L+PUj6Qbpdh2EWmTPLxkXxaPhx6ifbcOqFVibNxihFXVDOh2hJ/e92M&#10;5hg5TxQjUite4iN3+GH18cNyMAWf6E5Lxi0CEOWKwZS4894USeJox3vixtpwBc5G2554uNo2YZYM&#10;gN7LZJKms2TQlhmrKXcO/tYnJ15F/Kbh1H9tGsc9kiUGbj6eNp67cCarJSlaS0wn6JkG+QcWPREK&#10;il6hauIJerPiD6heUKudbvyY6j7RTSMojz1AN1n6WzcvHTE89gLDceY6Jvf/YOnzfmuRYCXOZwuM&#10;FOlhSY9vXsfaKA8DGowrIK5SWxtapAf1Yp40/e6Q0lVHVMtj8OvRQG4WMpJ3KeHiDJTZDV80gxgC&#10;+HFah8b2ARLmgA5xKcfrUvjBIwo/szQFavewPHpxJqS4ZBrr/GeuexSMEjtviWg7X2mlYPfaZrEO&#10;2T85H3iR4pIQyiq9EVJGCUiFhhIvppNpTHBaChacIczZdldJi/YERHSXzfPFp9gkeG7DrH5TLIJ1&#10;nLD12fZEyJMNxaUKeNAZ0DlbJ5X8WKSL9Xw9z0f5ZLYe5Wldjx43VT6abbL7aX1XV1Wd/QzUsrzo&#10;BGNcBXYXxWb53yni/HZOWrtq9jqG5D16nBeQvXwj6bjasM2TLnaaHbf2snIQaQw+P6jwCm7vYN8+&#10;+9UvAAAA//8DAFBLAwQUAAYACAAAACEA+URPRN4AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU/DMAyF70j8h8hI3LZ0BZWtNJ0QEtwmYKCd08ZrqzVO12Rd+Pd4EhLcbL+n5+8V62h7MeHoO0cK&#10;FvMEBFLtTEeNgq/Pl9kShA+ajO4doYJv9LAur68KnRt3pg+ctqERHEI+1wraEIZcSl+3aLWfuwGJ&#10;tb0brQ68jo00oz5zuO1lmiSZtLoj/tDqAZ9brA/bk1UQN9ZNGKbNcfdO1Wscs3T3dlTq9iY+PYII&#10;GMOfGS74jA4lM1XuRMaLXsFstUrZysPDIgNxcdwv77he9XuSZSH/lyh/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAOnAHHQkAgAAPgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAPlET0TeAAAADAEAAA8AAAAAAAAAAAAAAAAAfgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" strokecolor="#31849b"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblInd w:w="-1152" w:type="dxa"/>
       <w:tblBorders>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1152"/>
       <w:gridCol w:w="7919"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A62317" w14:paraId="534F7681" w14:textId="77777777">
+    <w:tr w:rsidR="00A62317">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1152" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="3F8AB349" w14:textId="77777777" w:rsidR="00A62317" w:rsidRDefault="00A62317">
+        <w:p w:rsidR="00A62317" w:rsidRDefault="00A62317">
           <w:pPr>
             <w:pStyle w:val="Cabealho"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00614996">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>10</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="0" w:type="auto"/>
           <w:noWrap/>
         </w:tcPr>
-        <w:p w14:paraId="470CDB8C" w14:textId="77777777" w:rsidR="00A62317" w:rsidRDefault="00A62317" w:rsidP="00421EC6">
+        <w:p w:rsidR="00A62317" w:rsidRDefault="00A62317" w:rsidP="00421EC6">
           <w:pPr>
             <w:pStyle w:val="Cabealho"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r>
-            <w:t xml:space="preserve">Título resumido / Short </w:t>
+            <w:t>Título resumido / Short title</w:t>
           </w:r>
-          <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-          <w:proofErr w:type="spellEnd"/>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="2A821B3D" w14:textId="77777777" w:rsidR="00A62317" w:rsidRDefault="00A62317">
+  <w:p w:rsidR="00A62317" w:rsidRDefault="00A62317">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblInd w:w="1152" w:type="dxa"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7919"/>
       <w:gridCol w:w="1152"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A62317" w14:paraId="7E004F3C" w14:textId="77777777">
+    <w:tr w:rsidR="00A62317">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="0" w:type="auto"/>
           <w:tcBorders>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
           </w:tcBorders>
         </w:tcPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
               <w:color w:val="111111"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:alias w:val="Título"/>
             <w:id w:val="1406343336"/>
             <w:placeholder>
               <w:docPart w:val="F40ED5C9B72B4889BC95F12E44769297"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="48F9A8FE" w14:textId="77777777" w:rsidR="00A62317" w:rsidRDefault="00AA158F" w:rsidP="00AA158F">
+            <w:p w:rsidR="00A62317" w:rsidRDefault="00AA158F" w:rsidP="00AA158F">
               <w:pPr>
                 <w:pStyle w:val="Cabealho"/>
                 <w:jc w:val="right"/>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
               </w:pPr>
               <w:r w:rsidRPr="00AA158F">
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
                   <w:color w:val="111111"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t xml:space="preserve">XXXX; XXXXXX; XXXXX | Título resumido / Short </w:t>
-[...19 lines deleted...]
-                <w:t xml:space="preserve"> (No máximo 70 caracteres, para fins de legenda nas páginas impressas)</w:t>
+                <w:t>XXXX; XXXXXX; XXXXX | Título resumido / Short title (No máximo 70 caracteres, para fins de legenda nas páginas impressas)</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1152" w:type="dxa"/>
           <w:tcBorders>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="2CD4E274" w14:textId="77777777" w:rsidR="00A62317" w:rsidRPr="007F6AE2" w:rsidRDefault="00A62317">
+        <w:p w:rsidR="00A62317" w:rsidRPr="007F6AE2" w:rsidRDefault="00A62317">
           <w:pPr>
             <w:pStyle w:val="Cabealho"/>
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007F6AE2">
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="007F6AE2">
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             </w:rPr>
             <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
           </w:r>
           <w:r w:rsidRPr="007F6AE2">
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00614996">
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:noProof/>
             </w:rPr>
             <w:t>11</w:t>
           </w:r>
           <w:r w:rsidRPr="007F6AE2">
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="6CEC9B7E" w14:textId="77777777" w:rsidR="00A62317" w:rsidRDefault="00A62317">
+  <w:p w:rsidR="00A62317" w:rsidRDefault="00A62317">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="5551" w:type="pct"/>
-      <w:tblInd w:w="-743" w:type="dxa"/>
+      <w:tblW w:w="5575" w:type="pct"/>
+      <w:tblInd w:w="-602" w:type="dxa"/>
       <w:tblBorders>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="885"/>
-      <w:gridCol w:w="9186"/>
+      <w:gridCol w:w="520"/>
+      <w:gridCol w:w="9594"/>
     </w:tblGrid>
-    <w:tr w:rsidR="005B1CBE" w14:paraId="67BCC6EC" w14:textId="77777777" w:rsidTr="00D24093">
+    <w:tr w:rsidR="00A62317" w:rsidRPr="009B2E78" w:rsidTr="00A62317">
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="885" w:type="dxa"/>
+          <w:tcW w:w="536" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="3E0AF1DD" w14:textId="77777777" w:rsidR="005B1CBE" w:rsidRPr="00940419" w:rsidRDefault="005B1CBE" w:rsidP="005B1CBE">
+        <w:p w:rsidR="00A62317" w:rsidRPr="009B2E78" w:rsidRDefault="00A62317" w:rsidP="00A62317">
           <w:pPr>
             <w:pStyle w:val="Cabealho"/>
-            <w:jc w:val="right"/>
-[...156 lines deleted...]
-            <w:pStyle w:val="Cabealho"/>
+            <w:ind w:hanging="49"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="009B2E78">
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Maia</w:t>
+            <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="003A2DAC">
+          <w:r w:rsidRPr="009B2E78">
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
+            <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00895E28">
-[...9 lines deleted...]
-          <w:r w:rsidRPr="003A2DAC">
+          <w:r w:rsidRPr="009B2E78">
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve"> | </w:t>
+            <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="007D1ED3">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>12</w:t>
+          </w:r>
+          <w:r w:rsidRPr="009B2E78">
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Introdução a Ciência da Informação: teoria e prática</w:t>
+            <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r w:rsidR="00D24093">
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="10136" w:type="dxa"/>
+          <w:noWrap/>
+        </w:tcPr>
+        <w:p w:rsidR="00A62317" w:rsidRPr="009B2E78" w:rsidRDefault="00137943" w:rsidP="00D17CF2">
+          <w:pPr>
+            <w:pStyle w:val="Rodap"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+              <w:color w:val="111111"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sobrenome do autor </w:t>
+          </w:r>
+          <w:r w:rsidR="00D17CF2" w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+              <w:color w:val="111111"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidR="00A62317" w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+              <w:color w:val="111111"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">; </w:t>
+          </w:r>
+          <w:r w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+              <w:color w:val="111111"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sobrenome do autor </w:t>
+          </w:r>
+          <w:r w:rsidR="00D17CF2" w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+              <w:color w:val="111111"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>2; Sobrenome do autor 3</w:t>
+          </w:r>
+          <w:r w:rsidR="00A62317" w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+              <w:color w:val="111111"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="00A62317" w:rsidRPr="009B2E78">
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
+            <w:t xml:space="preserve">| </w:t>
           </w:r>
-          <w:r w:rsidR="00D24093" w:rsidRPr="00D24093">
+          <w:r w:rsidR="00A62317" w:rsidRPr="009B2E78">
             <w:rPr>
-              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-              <w:color w:val="B2B2B2"/>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">(Inserir autor e título </w:t>
+            <w:t xml:space="preserve">Título resumido </w:t>
           </w:r>
-          <w:r w:rsidR="00D24093">
+          <w:r w:rsidR="00A62317" w:rsidRPr="009B2E78">
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-              <w:color w:val="B2B2B2"/>
+              <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>resumido</w:t>
-[...8 lines deleted...]
-            <w:t>)</w:t>
+            <w:t>(No máximo 70 caracteres, para fins de legenda nas páginas impressas)</w:t>
           </w:r>
         </w:p>
       </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="00A62317" w:rsidRDefault="00A62317">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="5000" w:type="pct"/>
+      <w:jc w:val="right"/>
+      <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="8496"/>
+      <w:gridCol w:w="575"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00A62317" w:rsidRPr="009B2E78" w:rsidTr="009B2E78">
+      <w:trPr>
+        <w:jc w:val="right"/>
+      </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="189" w:type="pct"/>
+          <w:tcW w:w="4683" w:type="pct"/>
           <w:tcBorders>
-            <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+            <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="49F3CDB1" w14:textId="0271AFB6" w:rsidR="005B1CBE" w:rsidRPr="009B2E78" w:rsidRDefault="005B1CBE" w:rsidP="005B1CBE">
+        <w:p w:rsidR="00A62317" w:rsidRPr="009B2E78" w:rsidRDefault="00137943" w:rsidP="00920B89">
           <w:pPr>
             <w:pStyle w:val="Cabealho"/>
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+              <w:color w:val="111111"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sobrenome do autor </w:t>
+          </w:r>
+          <w:r w:rsidR="00920B89" w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+              <w:color w:val="111111"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidR="00A62317" w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+              <w:color w:val="111111"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">; </w:t>
+          </w:r>
+          <w:r w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+              <w:color w:val="111111"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Sobrenome do autor </w:t>
+          </w:r>
+          <w:r w:rsidR="00920B89" w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+              <w:color w:val="111111"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>2; Sobrenome do autor 3</w:t>
+          </w:r>
+          <w:r w:rsidR="00A62317" w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+              <w:color w:val="111111"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="00A62317" w:rsidRPr="009B2E78">
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>3</w:t>
+            <w:t xml:space="preserve">| </w:t>
+          </w:r>
+          <w:r w:rsidR="00A62317" w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Título resumido </w:t>
+          </w:r>
+          <w:r w:rsidR="00A62317" w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>(No máximo 70 caracteres, para fins de legenda nas páginas)</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="317" w:type="pct"/>
+          <w:tcBorders>
+            <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          </w:tcBorders>
+        </w:tcPr>
+        <w:p w:rsidR="00A62317" w:rsidRPr="009B2E78" w:rsidRDefault="00A62317">
+          <w:pPr>
+            <w:pStyle w:val="Cabealho"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="007D1ED3">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>13</w:t>
+          </w:r>
+          <w:r w:rsidRPr="009B2E78">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="503764D7" w14:textId="77777777" w:rsidR="005B1CBE" w:rsidRDefault="005B1CBE" w:rsidP="005B1CBE">
-[...4 lines deleted...]
-  <w:p w14:paraId="3EA4F2A4" w14:textId="77777777" w:rsidR="00A62317" w:rsidRDefault="00A62317">
+  <w:p w:rsidR="00A62317" w:rsidRDefault="00A62317">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:firstLine="3240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -7118,51 +5759,51 @@
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="00000003"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000003"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:firstLine="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -7268,51 +5909,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:firstLine="11160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:firstLine="12600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="00000004"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000004"/>
     <w:name w:val="WW8Num3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="➔"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:firstLine="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◆"/>
@@ -7427,51 +6068,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:firstLine="12600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="00000005"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000005"/>
     <w:name w:val="WW8Num4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:firstLine="3240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -7604,51 +6245,51 @@
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="00000006"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000006"/>
     <w:name w:val="WW8Num5"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:firstLine="3960"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -7781,51 +6422,51 @@
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="27016"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="00000007"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000007"/>
     <w:name w:val="WW8Num6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:firstLine="3960"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
@@ -7940,51 +6581,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="7200" w:firstLine="21240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="00000008"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000008"/>
     <w:name w:val="WW8Num7"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:firstLine="3240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -8117,104 +6758,102 @@
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="auto"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2134786433">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="852572094">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="76364949">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="805902025">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="2016955317">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1507790220">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1365205455">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="130"/>
   <w:removeDateAndTime/>
   <w:mirrorMargins/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="420"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E244E4"/>
     <w:rsid w:val="00005D36"/>
     <w:rsid w:val="00011AA5"/>
     <w:rsid w:val="00020A6B"/>
     <w:rsid w:val="00030799"/>
     <w:rsid w:val="0003395C"/>
     <w:rsid w:val="0004187A"/>
     <w:rsid w:val="000444C7"/>
     <w:rsid w:val="00045D28"/>
     <w:rsid w:val="00046E35"/>
     <w:rsid w:val="0007065B"/>
     <w:rsid w:val="00082881"/>
     <w:rsid w:val="00093225"/>
     <w:rsid w:val="0009499C"/>
     <w:rsid w:val="000A10F9"/>
     <w:rsid w:val="000A3E9B"/>
     <w:rsid w:val="000B0F8E"/>
     <w:rsid w:val="000C679C"/>
     <w:rsid w:val="000E5756"/>
     <w:rsid w:val="000F3F94"/>
     <w:rsid w:val="0010711A"/>
     <w:rsid w:val="00107F7C"/>
     <w:rsid w:val="00137943"/>
@@ -8271,238 +6910,226 @@
     <w:rsid w:val="003C2CD2"/>
     <w:rsid w:val="003D2438"/>
     <w:rsid w:val="003D3D13"/>
     <w:rsid w:val="003D7CB2"/>
     <w:rsid w:val="003E0A65"/>
     <w:rsid w:val="003F3E9B"/>
     <w:rsid w:val="003F6381"/>
     <w:rsid w:val="00403562"/>
     <w:rsid w:val="004158CE"/>
     <w:rsid w:val="00421EC6"/>
     <w:rsid w:val="00435FD5"/>
     <w:rsid w:val="00440C2C"/>
     <w:rsid w:val="004438B3"/>
     <w:rsid w:val="0047584B"/>
     <w:rsid w:val="00480B83"/>
     <w:rsid w:val="004905C5"/>
     <w:rsid w:val="00491959"/>
     <w:rsid w:val="00493AE8"/>
     <w:rsid w:val="004B02F7"/>
     <w:rsid w:val="004C2293"/>
     <w:rsid w:val="004D4F8E"/>
     <w:rsid w:val="004D6A02"/>
     <w:rsid w:val="004E73F2"/>
     <w:rsid w:val="004F3D13"/>
     <w:rsid w:val="004F494D"/>
-    <w:rsid w:val="004F7E7E"/>
     <w:rsid w:val="00502A21"/>
     <w:rsid w:val="00507566"/>
     <w:rsid w:val="00515673"/>
     <w:rsid w:val="005232BB"/>
     <w:rsid w:val="00527AB0"/>
     <w:rsid w:val="00534829"/>
     <w:rsid w:val="005355FD"/>
     <w:rsid w:val="005369A0"/>
     <w:rsid w:val="00554FF9"/>
     <w:rsid w:val="00556E56"/>
     <w:rsid w:val="005620C4"/>
     <w:rsid w:val="00576725"/>
     <w:rsid w:val="00585DD3"/>
     <w:rsid w:val="00594F85"/>
     <w:rsid w:val="005A0EAF"/>
     <w:rsid w:val="005A61BD"/>
     <w:rsid w:val="005B1327"/>
-    <w:rsid w:val="005B1CBE"/>
     <w:rsid w:val="005B7A79"/>
     <w:rsid w:val="005C3B0E"/>
     <w:rsid w:val="005C5771"/>
     <w:rsid w:val="005D5315"/>
     <w:rsid w:val="00607CC4"/>
     <w:rsid w:val="00611320"/>
     <w:rsid w:val="00614996"/>
     <w:rsid w:val="00617A7A"/>
     <w:rsid w:val="00625823"/>
     <w:rsid w:val="006400B9"/>
     <w:rsid w:val="00641F65"/>
     <w:rsid w:val="0065520F"/>
     <w:rsid w:val="00663D03"/>
     <w:rsid w:val="00677539"/>
     <w:rsid w:val="00680F2A"/>
     <w:rsid w:val="00686328"/>
     <w:rsid w:val="00692EF8"/>
     <w:rsid w:val="0069351A"/>
     <w:rsid w:val="006959AA"/>
     <w:rsid w:val="00697FAC"/>
     <w:rsid w:val="006A7521"/>
-    <w:rsid w:val="006B2DBF"/>
     <w:rsid w:val="006B443A"/>
     <w:rsid w:val="006B69C5"/>
     <w:rsid w:val="006C06E3"/>
     <w:rsid w:val="006C7488"/>
     <w:rsid w:val="006C7682"/>
     <w:rsid w:val="006D7AA6"/>
-    <w:rsid w:val="006E1974"/>
     <w:rsid w:val="006E1B3F"/>
     <w:rsid w:val="006F1694"/>
     <w:rsid w:val="007007A2"/>
     <w:rsid w:val="00706199"/>
     <w:rsid w:val="007204EE"/>
     <w:rsid w:val="00723EC9"/>
     <w:rsid w:val="00733601"/>
     <w:rsid w:val="00740990"/>
     <w:rsid w:val="0074118D"/>
     <w:rsid w:val="00744B1D"/>
     <w:rsid w:val="00750B37"/>
     <w:rsid w:val="00764073"/>
     <w:rsid w:val="00766B3A"/>
     <w:rsid w:val="00771B19"/>
     <w:rsid w:val="00774505"/>
     <w:rsid w:val="00784B01"/>
     <w:rsid w:val="00794DB7"/>
     <w:rsid w:val="00795473"/>
     <w:rsid w:val="00795577"/>
     <w:rsid w:val="00796932"/>
     <w:rsid w:val="007A2B3A"/>
     <w:rsid w:val="007A6DF2"/>
     <w:rsid w:val="007B74AE"/>
     <w:rsid w:val="007C3770"/>
     <w:rsid w:val="007C3C1B"/>
     <w:rsid w:val="007C3FEC"/>
     <w:rsid w:val="007D1ED3"/>
     <w:rsid w:val="007D6611"/>
-    <w:rsid w:val="007D66D5"/>
     <w:rsid w:val="007D71CC"/>
     <w:rsid w:val="007E446A"/>
     <w:rsid w:val="007F02F4"/>
     <w:rsid w:val="007F2233"/>
     <w:rsid w:val="007F6AE2"/>
     <w:rsid w:val="00802A44"/>
     <w:rsid w:val="00812918"/>
     <w:rsid w:val="00814959"/>
     <w:rsid w:val="008174BC"/>
     <w:rsid w:val="0082083E"/>
     <w:rsid w:val="00851C7B"/>
     <w:rsid w:val="00854468"/>
     <w:rsid w:val="00854532"/>
     <w:rsid w:val="00865071"/>
     <w:rsid w:val="00865BD1"/>
     <w:rsid w:val="008742C7"/>
     <w:rsid w:val="008802FD"/>
     <w:rsid w:val="00895A38"/>
     <w:rsid w:val="00897711"/>
     <w:rsid w:val="008A0060"/>
     <w:rsid w:val="008B5DDF"/>
     <w:rsid w:val="008C4615"/>
-    <w:rsid w:val="008E0F6B"/>
     <w:rsid w:val="008E1B6C"/>
     <w:rsid w:val="008F5225"/>
     <w:rsid w:val="008F7D9D"/>
     <w:rsid w:val="00901084"/>
-    <w:rsid w:val="00901136"/>
     <w:rsid w:val="009018CC"/>
     <w:rsid w:val="00916B43"/>
     <w:rsid w:val="00920B89"/>
     <w:rsid w:val="00943953"/>
     <w:rsid w:val="0094435A"/>
     <w:rsid w:val="00944959"/>
     <w:rsid w:val="00945FEB"/>
     <w:rsid w:val="009563FD"/>
     <w:rsid w:val="0095753C"/>
     <w:rsid w:val="00970461"/>
     <w:rsid w:val="009708A0"/>
     <w:rsid w:val="009909EA"/>
     <w:rsid w:val="00993F15"/>
     <w:rsid w:val="009A6BB6"/>
     <w:rsid w:val="009B2E78"/>
     <w:rsid w:val="009C0DEA"/>
     <w:rsid w:val="009D2F69"/>
     <w:rsid w:val="009F0E55"/>
     <w:rsid w:val="009F329D"/>
     <w:rsid w:val="009F424F"/>
     <w:rsid w:val="00A131E2"/>
     <w:rsid w:val="00A143A0"/>
     <w:rsid w:val="00A1652F"/>
     <w:rsid w:val="00A24A02"/>
     <w:rsid w:val="00A270E8"/>
     <w:rsid w:val="00A528C6"/>
-    <w:rsid w:val="00A55A76"/>
     <w:rsid w:val="00A5683A"/>
-    <w:rsid w:val="00A574CD"/>
     <w:rsid w:val="00A62317"/>
     <w:rsid w:val="00A82687"/>
     <w:rsid w:val="00A92792"/>
     <w:rsid w:val="00AA158F"/>
     <w:rsid w:val="00AA3C36"/>
-    <w:rsid w:val="00AA444E"/>
     <w:rsid w:val="00AA641D"/>
     <w:rsid w:val="00AB2B8F"/>
     <w:rsid w:val="00AC2ADF"/>
     <w:rsid w:val="00AC63FA"/>
     <w:rsid w:val="00AE1651"/>
     <w:rsid w:val="00AE1B12"/>
     <w:rsid w:val="00B05885"/>
     <w:rsid w:val="00B103C3"/>
     <w:rsid w:val="00B12BDD"/>
     <w:rsid w:val="00B173A7"/>
     <w:rsid w:val="00B2516D"/>
     <w:rsid w:val="00B54485"/>
     <w:rsid w:val="00B77A80"/>
     <w:rsid w:val="00B865D0"/>
     <w:rsid w:val="00B955E1"/>
     <w:rsid w:val="00BC4276"/>
     <w:rsid w:val="00BC7C50"/>
     <w:rsid w:val="00BD0D9E"/>
     <w:rsid w:val="00BD20E9"/>
     <w:rsid w:val="00BD5135"/>
     <w:rsid w:val="00BF1CE9"/>
     <w:rsid w:val="00C00D6B"/>
     <w:rsid w:val="00C02298"/>
     <w:rsid w:val="00C04E27"/>
     <w:rsid w:val="00C13EC9"/>
     <w:rsid w:val="00C16A22"/>
     <w:rsid w:val="00C22A86"/>
     <w:rsid w:val="00C26C9A"/>
     <w:rsid w:val="00C42D26"/>
     <w:rsid w:val="00C5327A"/>
     <w:rsid w:val="00C56FD7"/>
     <w:rsid w:val="00C764A0"/>
     <w:rsid w:val="00C76B40"/>
     <w:rsid w:val="00C776E9"/>
     <w:rsid w:val="00CA3527"/>
     <w:rsid w:val="00CA741C"/>
     <w:rsid w:val="00CB08EB"/>
-    <w:rsid w:val="00CB3D75"/>
     <w:rsid w:val="00CD314D"/>
     <w:rsid w:val="00CD7852"/>
     <w:rsid w:val="00D00730"/>
     <w:rsid w:val="00D0210D"/>
     <w:rsid w:val="00D05DBB"/>
     <w:rsid w:val="00D05FA9"/>
     <w:rsid w:val="00D06B7F"/>
     <w:rsid w:val="00D17CF2"/>
     <w:rsid w:val="00D20913"/>
-    <w:rsid w:val="00D24093"/>
     <w:rsid w:val="00D35F1F"/>
     <w:rsid w:val="00D3783A"/>
     <w:rsid w:val="00D40013"/>
     <w:rsid w:val="00D45538"/>
     <w:rsid w:val="00D54181"/>
     <w:rsid w:val="00D61214"/>
     <w:rsid w:val="00D644C1"/>
     <w:rsid w:val="00D675A2"/>
     <w:rsid w:val="00D677A7"/>
     <w:rsid w:val="00D738F7"/>
     <w:rsid w:val="00D73FCC"/>
     <w:rsid w:val="00D74B5C"/>
     <w:rsid w:val="00D75D16"/>
     <w:rsid w:val="00D8331E"/>
     <w:rsid w:val="00D90134"/>
     <w:rsid w:val="00DA495C"/>
     <w:rsid w:val="00DA6B8B"/>
     <w:rsid w:val="00DA7888"/>
     <w:rsid w:val="00DA7F8D"/>
     <w:rsid w:val="00DB4E3E"/>
     <w:rsid w:val="00DB7686"/>
     <w:rsid w:val="00DD439D"/>
     <w:rsid w:val="00DE1B73"/>
     <w:rsid w:val="00DE7D97"/>
     <w:rsid w:val="00E0377E"/>
@@ -8517,98 +7144,96 @@
     <w:rsid w:val="00E70937"/>
     <w:rsid w:val="00E93B33"/>
     <w:rsid w:val="00EA6835"/>
     <w:rsid w:val="00EC0496"/>
     <w:rsid w:val="00EC40CD"/>
     <w:rsid w:val="00EC4201"/>
     <w:rsid w:val="00ED3A59"/>
     <w:rsid w:val="00EE410B"/>
     <w:rsid w:val="00EE42A9"/>
     <w:rsid w:val="00EE45AA"/>
     <w:rsid w:val="00EF1238"/>
     <w:rsid w:val="00EF29E5"/>
     <w:rsid w:val="00EF727C"/>
     <w:rsid w:val="00EF7DE4"/>
     <w:rsid w:val="00F25C95"/>
     <w:rsid w:val="00F27687"/>
     <w:rsid w:val="00F33C82"/>
     <w:rsid w:val="00F34FD0"/>
     <w:rsid w:val="00F4069C"/>
     <w:rsid w:val="00F43F69"/>
     <w:rsid w:val="00F869BA"/>
     <w:rsid w:val="00F86E52"/>
     <w:rsid w:val="00FC68C0"/>
     <w:rsid w:val="00FE12B9"/>
     <w:rsid w:val="00FE5668"/>
-    <w:rsid w:val="00FE6DD3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="17857AF5"/>
   <w15:docId w15:val="{C622808B-4422-40CA-9F4A-022FF33AEAAF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8936,55 +7561,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00CD314D"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00CD314D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:caps/>
       <w:color w:val="052E65" w:themeColor="text2" w:themeShade="BF"/>
@@ -9730,56 +8350,63 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
     <w:name w:val="Rodapé Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Rodap"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CD314D"/>
   </w:style>
   <w:style w:type="table" w:styleId="ListaClara-nfase1">
     <w:name w:val="Light List Accent 1"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00B77A80"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="31B6FD" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="31B6FD" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="31B6FD" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="31B6FD" w:themeColor="accent1"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="31B6FD" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -9837,54 +8464,61 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
     <w:name w:val="Cabeçalho Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Cabealho"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00370EAD"/>
   </w:style>
   <w:style w:type="table" w:styleId="SombreamentoMdio2-nfase1">
     <w:name w:val="Medium Shading 2 Accent 1"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="64"/>
     <w:rsid w:val="00774505"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="31B6FD" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
@@ -10027,83 +8661,97 @@
     <w:semiHidden/>
     <w:rsid w:val="00D90134"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaderodap">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D90134"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabelacomgrade">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00EC0496"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:rsid w:val="00E212C5"/>
   </w:style>
   <w:style w:type="table" w:styleId="SombreamentoClaro-nfase4">
     <w:name w:val="Light Shading Accent 4"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00DD439D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="7B9B1E" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="A5D028" w:themeColor="accent4"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5D028" w:themeColor="accent4"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="A5D028" w:themeColor="accent4"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5D028" w:themeColor="accent4"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -10152,54 +8800,61 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E9F4C8" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="SombreamentoClaro-nfase2">
     <w:name w:val="Light Shading Accent 2"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00DB4E3E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="2861A9" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4584D3" w:themeColor="accent2"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4584D3" w:themeColor="accent2"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4584D3" w:themeColor="accent2"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4584D3" w:themeColor="accent2"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -10400,308 +9055,300 @@
     <w:basedOn w:val="TextodecomentrioChar1"/>
     <w:link w:val="Assuntodocomentrio"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodecomentrioChar1">
     <w:name w:val="Texto de comentário Char1"/>
     <w:link w:val="Textodecomentrio"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="141624022">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="735933344">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1539734242">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icmje.org/recommendations/translations/portugese2014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:autor@email.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2690-3350" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.0000/ip.ci.20180101" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icmje.org/recommendations/translations/portugese2014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:autor@email.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2690-3350" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.0000/ip.ci.20180101" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:informacaoempauta@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\juli_\Desktop\Juliana\IP\Template%20IP.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F40ED5C9B72B4889BC95F12E44769297"/>
         <w:category>
           <w:name w:val="Geral"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D0022B7D-A2C9-4892-A872-770BB2B932C1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="001F2EA3" w:rsidRDefault="00065AF7">
           <w:pPr>
             <w:pStyle w:val="F40ED5C9B72B4889BC95F12E44769297"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t>[Digite o título do documento]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Byington">
     <w:altName w:val="Sitka Small"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="0000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Narkisim">
     <w:charset w:val="B1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aharoni">
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00065AF7"/>
     <w:rsid w:val="00065AF7"/>
     <w:rsid w:val="001F2EA3"/>
-    <w:rsid w:val="007C137A"/>
     <w:rsid w:val="008F4B9C"/>
-    <w:rsid w:val="00A55A76"/>
     <w:rsid w:val="00C23F6B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11029,95 +9676,90 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F40ED5C9B72B4889BC95F12E44769297">
     <w:name w:val="F40ED5C9B72B4889BC95F12E44769297"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="BlackTie">
   <a:themeElements>
     <a:clrScheme name="Forma de Onda">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="073E87"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="C6E7FC"/>
       </a:lt2>
@@ -11423,123 +10065,123 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>AssetEditForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{008F1C68-007A-4C46-9B49-E79F4B263A8F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1E04FDF-C076-43DB-9988-B21935F86059}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1E04FDF-C076-43DB-9988-B21935F86059}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{008F1C68-007A-4C46-9B49-E79F4B263A8F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Template IP</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1400</Words>
-  <Characters>8387</Characters>
+  <Words>1534</Words>
+  <Characters>8285</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>186</Lines>
-  <Paragraphs>48</Paragraphs>
+  <Lines>69</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>XXXX; XXXXXX; XXXXX | Título resumido / Short title (No máximo 70 caracteres, para fins de legenda nas páginas impressas)</vt:lpstr>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Inf. Pauta</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9739</CharactersWithSpaces>
+  <CharactersWithSpaces>9800</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>XXXX; XXXXXX; XXXXX | Título resumido / Short title (No máximo 70 caracteres, para fins de legenda nas páginas impressas)</dc:title>
   <dc:creator>Juliana Lima</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC018408449991</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_DocHome">