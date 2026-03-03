--- v0 (2025-12-05)
+++ v1 (2026-03-03)
@@ -88,60 +88,50 @@
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FA5FCA8" w14:textId="6FCDAB58" w:rsidR="00D332D4" w:rsidRPr="008931BB" w:rsidRDefault="00D332D4" w:rsidP="006A38B9">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008931BB">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>TIPO DE ARTIGO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DDAAA07" w14:textId="77777777" w:rsidR="00D332D4" w:rsidRPr="008931BB" w:rsidRDefault="00D332D4" w:rsidP="0029402E">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="68B97EB8" w14:textId="272D6461" w:rsidR="00D332D4" w:rsidRPr="00C50263" w:rsidRDefault="002B6388" w:rsidP="0029402E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C50263">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Título no idioma original do artigo</w:t>
       </w:r>
       <w:r w:rsidR="00D332D4" w:rsidRPr="00C50263">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D332D4" w:rsidRPr="00C50263">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
@@ -278,52 +268,50 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00C50263">
         <w:t>Ex.:  Universidade Federal do Ceará. Fortaleza, CE, Brasil.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09FE45B4" w14:textId="1D60F18B" w:rsidR="00C50263" w:rsidRPr="00C50263" w:rsidRDefault="00C50263" w:rsidP="0029402E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="0029402E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Autor correspondente:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C50263">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B34B48" w:rsidRPr="0029402E">
         <w:t xml:space="preserve">Nome </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="7AC4B4CC" w14:textId="77777777" w:rsidR="00C50263" w:rsidRPr="00C50263" w:rsidRDefault="00C50263" w:rsidP="0029402E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="0029402E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Endereço completo:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C50263">
         <w:t xml:space="preserve"> informar CEP e e-mail</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="589D9F45" w14:textId="77777777" w:rsidR="005925BE" w:rsidRDefault="005925BE" w:rsidP="0029402E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
@@ -379,85 +367,86 @@
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Forte"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="163BF791" w14:textId="77777777" w:rsidR="008931BB" w:rsidRPr="00C50263" w:rsidRDefault="008931BB" w:rsidP="0029402E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C50263">
         <w:rPr>
           <w:rStyle w:val="Forte"/>
         </w:rPr>
         <w:t>Contribuição dos autores:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C50263">
         <w:t> item obrigatório. Informe em relação aos seguintes aspectos: 1. Concepção e projeto ou análise e interpretação dos dados; 2. Redação do manuscrito ou revisão crítica relevante do conteúdo intelectual; 3. Aprovação final da versão a ser publicada; 4. Concordância em ser responsável por todos os aspectos do manuscrito relacionados à precisão ou integridade de qualquer parte do manuscrito sejam investigadas e resolvidas adequadamente. Essas quatro condições devem ser integralmente atendidas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D6C2053" w14:textId="77777777" w:rsidR="008931BB" w:rsidRPr="00C50263" w:rsidRDefault="008931BB" w:rsidP="00C90577">
+    <w:p w14:paraId="170FE307" w14:textId="77777777" w:rsidR="00BA6135" w:rsidRDefault="00BA6135" w:rsidP="00BA6135">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...5 lines deleted...]
-    <w:sectPr w:rsidR="008931BB" w:rsidRPr="00C50263" w:rsidSect="008931BB">
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00BA6135" w:rsidSect="008931BB">
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="549DA2FE" w14:textId="77777777" w:rsidR="00CF0BBE" w:rsidRDefault="00CF0BBE">
+    <w:p w14:paraId="1611562A" w14:textId="77777777" w:rsidR="0051731E" w:rsidRDefault="0051731E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C00434F" w14:textId="77777777" w:rsidR="00CF0BBE" w:rsidRDefault="00CF0BBE">
+    <w:p w14:paraId="0F8CCB10" w14:textId="77777777" w:rsidR="0051731E" w:rsidRDefault="0051731E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -524,157 +513,162 @@
     </w:r>
   </w:p>
   <w:p w14:paraId="1AFBF541" w14:textId="77777777" w:rsidR="0041640E" w:rsidRDefault="0041640E">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="462D4877" w14:textId="77777777" w:rsidR="0041640E" w:rsidRDefault="0041640E">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="225C6785" w14:textId="77777777" w:rsidR="00CF0BBE" w:rsidRDefault="00CF0BBE">
+    <w:p w14:paraId="1BD561F1" w14:textId="77777777" w:rsidR="0051731E" w:rsidRDefault="0051731E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B41255F" w14:textId="77777777" w:rsidR="00CF0BBE" w:rsidRDefault="00CF0BBE">
+    <w:p w14:paraId="7CC2368A" w14:textId="77777777" w:rsidR="0051731E" w:rsidRDefault="0051731E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0079723E"/>
     <w:rsid w:val="000A388D"/>
     <w:rsid w:val="000C098C"/>
     <w:rsid w:val="000C69FB"/>
     <w:rsid w:val="000D0244"/>
     <w:rsid w:val="0026479C"/>
     <w:rsid w:val="002825AB"/>
     <w:rsid w:val="0029402E"/>
     <w:rsid w:val="002B6388"/>
     <w:rsid w:val="002C7774"/>
     <w:rsid w:val="003121D6"/>
     <w:rsid w:val="0034253C"/>
+    <w:rsid w:val="003B3642"/>
     <w:rsid w:val="003F2D9F"/>
     <w:rsid w:val="0041640E"/>
     <w:rsid w:val="004F0F17"/>
+    <w:rsid w:val="0051731E"/>
     <w:rsid w:val="005925BE"/>
     <w:rsid w:val="00595147"/>
     <w:rsid w:val="005A335A"/>
     <w:rsid w:val="00605E2E"/>
     <w:rsid w:val="00624C49"/>
     <w:rsid w:val="006335E6"/>
     <w:rsid w:val="006A38B9"/>
     <w:rsid w:val="006C4A2B"/>
     <w:rsid w:val="006E3FE3"/>
     <w:rsid w:val="00702997"/>
     <w:rsid w:val="007049AC"/>
     <w:rsid w:val="00724B7A"/>
     <w:rsid w:val="0079584B"/>
     <w:rsid w:val="0079723E"/>
     <w:rsid w:val="007B5A11"/>
     <w:rsid w:val="00835172"/>
     <w:rsid w:val="008540AB"/>
     <w:rsid w:val="00871D3B"/>
     <w:rsid w:val="008931BB"/>
     <w:rsid w:val="008B1201"/>
     <w:rsid w:val="008D0073"/>
     <w:rsid w:val="008E3697"/>
     <w:rsid w:val="009501D3"/>
     <w:rsid w:val="00967531"/>
     <w:rsid w:val="00A0557E"/>
     <w:rsid w:val="00AE4627"/>
     <w:rsid w:val="00B34B48"/>
     <w:rsid w:val="00B93CF1"/>
+    <w:rsid w:val="00BA6135"/>
     <w:rsid w:val="00C4433F"/>
     <w:rsid w:val="00C50263"/>
     <w:rsid w:val="00C90577"/>
     <w:rsid w:val="00CE4C1E"/>
     <w:rsid w:val="00CF0BBE"/>
     <w:rsid w:val="00D332D4"/>
     <w:rsid w:val="00D83210"/>
     <w:rsid w:val="00DE377B"/>
+    <w:rsid w:val="00DF6ACE"/>
     <w:rsid w:val="00E00EEB"/>
+    <w:rsid w:val="00E11D52"/>
     <w:rsid w:val="00E205F9"/>
     <w:rsid w:val="00E76F92"/>
     <w:rsid w:val="00E81875"/>
     <w:rsid w:val="00F76948"/>
     <w:rsid w:val="00FA333D"/>
     <w:rsid w:val="00FB5B80"/>
     <w:rsid w:val="00FF7F3F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -1666,90 +1660,90 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17FDE878-A2E2-4548-AE92-68C11995604E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{526671B1-59BE-4E66-A5D7-12F5624F40AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>reben title page</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>250</Words>
+  <Words>249</Words>
   <Characters>1350</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Nature</vt:lpstr>
       <vt:lpstr>Nature</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ISI ResearchSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1597</CharactersWithSpaces>
+  <CharactersWithSpaces>1596</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nature</dc:title>
   <dc:creator>ma</dc:creator>
   <dc:description>Nature_x000d_
 _x000d_
 This wizard will create a document for submission to Nature, based on the rules for authors available at http://www.nature.com/nature/._x000d_
 _x000d_
 This wizard is copyright 2002, Thomson ResearchSoft. All rights reserved.</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>