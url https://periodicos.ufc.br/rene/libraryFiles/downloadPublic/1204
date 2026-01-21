--- v0 (2025-12-05)
+++ v1 (2026-01-21)
@@ -208,82 +208,100 @@
         <w:rPr>
           <w:rStyle w:val="Forte"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="054BCECE" w14:textId="1BD8448C" w:rsidR="006C0162" w:rsidRPr="007313C6" w:rsidRDefault="006C0162" w:rsidP="0067283C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Forte"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="007313C6">
         <w:rPr>
           <w:rStyle w:val="Forte"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Até 5 mil palavras exceção, apenas, das referências.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F8D5A65" w14:textId="0832F882" w:rsidR="00761D82" w:rsidRPr="007313C6" w:rsidRDefault="00761D82" w:rsidP="0067283C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007313C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Verificar as normas para todas as informações.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">Verificar as normas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007313C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>para todas as informações</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007313C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="0EB4F7A6" w14:textId="77777777" w:rsidR="00761D82" w:rsidRPr="00C901FA" w:rsidRDefault="00761D82" w:rsidP="00C901FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Forte"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DBE8C15" w14:textId="571D31AD" w:rsidR="0067283C" w:rsidRDefault="00955DEF" w:rsidP="00C901FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C901FA">
@@ -401,51 +419,54 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:b/>
           <w:iCs/>
         </w:rPr>
         <w:t>RESUMO</w:t>
       </w:r>
       <w:r w:rsidR="00222078">
         <w:rPr>
           <w:b/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="005240E9" w:rsidRPr="00C901FA">
         <w:t>Deve</w:t>
       </w:r>
       <w:r w:rsidR="00955DEF" w:rsidRPr="00C901FA">
         <w:t xml:space="preserve"> ser estruturado, sem siglas, somente no idioma de submissão, contendo no máximo 200 palavras</w:t>
       </w:r>
       <w:r w:rsidR="009C7B1D" w:rsidRPr="00C901FA">
-        <w:t>. Deve ser redigido em espaçamento 1,5 cm, tamanho 12, </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009C7B1D" w:rsidRPr="00C901FA">
+        <w:t>Deve ser redigido em espaçamento 1,5 cm, tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="009C7B1D" w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rStyle w:val="nfase"/>
         </w:rPr>
         <w:t>Times New Roman</w:t>
       </w:r>
       <w:r w:rsidR="009C7B1D" w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rStyle w:val="nfase"/>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00222078">
         <w:rPr>
           <w:rStyle w:val="nfase"/>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C7B1D" w:rsidRPr="00E71774">
         <w:rPr>
           <w:rStyle w:val="Forte"/>
           <w:b w:val="0"/>
@@ -537,51 +558,59 @@
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C7B1D" w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(sem período e local do estudo)</w:t>
+        <w:t>(sem período e local do estudo</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7B1D" w:rsidRPr="00C901FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="009F4340">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                    </w:t>
       </w:r>
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -637,51 +666,51 @@
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="009C7B1D" w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contribuições para a prática:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60F5150C" w14:textId="77777777" w:rsidR="00436289" w:rsidRDefault="00436289" w:rsidP="00C901FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk37085505"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk37085505"/>
     </w:p>
     <w:p w14:paraId="6E560BCB" w14:textId="47A05D54" w:rsidR="00F139D5" w:rsidRPr="00C901FA" w:rsidRDefault="00F139D5" w:rsidP="00C901FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Descritores:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C901FA">
@@ -762,52 +791,52 @@
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Separar por ponto e vírgula e com iniciais em maiúsculo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="760F6B3F" w14:textId="5E326AA3" w:rsidR="00F139D5" w:rsidRPr="00C901FA" w:rsidRDefault="00F139D5" w:rsidP="00C901FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk37085512"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk37085512"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Descriptors</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -833,51 +862,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">cinco extraídos do </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>MeSH</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:anchor="/fieldSearch" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="009C7B1D" w:rsidRPr="00C901FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://meshb.nlm.nih.gov/#/fieldSearch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009C7B1D" w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
@@ -906,51 +935,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rStyle w:val="Forte"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Texto:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> as siglas deverão ser descritas por extenso na primeira vez em que aparecerem no texto e acompanhadas de sua abreviatura. Mas, sugere-se evitar utilizar siglas no texto; priorizar sua descrição, com exceção para aquelas reconhecidas internacionalmente.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="1B0DFE6D" w14:textId="77777777" w:rsidR="00436289" w:rsidRDefault="00436289" w:rsidP="00C901FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BB59248" w14:textId="2FEC65E6" w:rsidR="0092498C" w:rsidRPr="00C901FA" w:rsidRDefault="00A53629" w:rsidP="00C901FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C901FA">
@@ -1130,87 +1159,87 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Verificar nas normas o </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3718D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Guia para apresentação </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>do tipo de artigo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75FD4176" w14:textId="6D17EDC0" w:rsidR="00C3718D" w:rsidRDefault="00C3718D" w:rsidP="00C3718D">
+    <w:p w14:paraId="75FD4176" w14:textId="713E5040" w:rsidR="00C3718D" w:rsidRDefault="00C3718D" w:rsidP="00C3718D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C3718D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Estruture </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">com </w:t>
+        <w:t xml:space="preserve">com ou </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3718D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>subitens</w:t>
+        <w:t>sem subitens</w:t>
       </w:r>
       <w:r w:rsidR="00C51B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:r w:rsidR="00BA38E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>destacá-los</w:t>
       </w:r>
       <w:r w:rsidR="00C51B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -1374,51 +1403,59 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7DC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tabelas e figuras:</w:t>
       </w:r>
       <w:r w:rsidRPr="007D7DC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> limitadas a cinco, no conjunto (editáveis) e inseridas no corpo do manuscrito</w:t>
+        <w:t xml:space="preserve"> limitadas a cinco, no conjunto (editáveis) e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D7DC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inseridas no corpo do manuscrito</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68B6D156" w14:textId="299366A5" w:rsidR="007D7DC4" w:rsidRDefault="007D7DC4" w:rsidP="007D7DC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7DC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -1455,51 +1492,59 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Em títulos e subtítulos</w:t>
       </w:r>
       <w:r w:rsidR="00564363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00564363" w:rsidRPr="00564363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00564363" w:rsidRPr="00564363">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidR="00564363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tabelas e </w:t>
       </w:r>
       <w:r w:rsidR="00564363" w:rsidRPr="00564363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>figuras</w:t>
       </w:r>
       <w:r w:rsidR="00564363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -1768,51 +1813,60 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B4DD580" w14:textId="6B7D3B6B" w:rsidR="00A53629" w:rsidRDefault="00A53629" w:rsidP="00A53629">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A53629">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Deve apresentar a apreciação crítica do autor, os novos e importantes aspectos do estudo e a explicação sobre o significado dos resultados obtidos.</w:t>
+        <w:t>Deve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53629">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apresentar a apreciação crítica do autor, os novos e importantes aspectos do estudo e a explicação sobre o significado dos resultados obtidos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6637341B" w14:textId="7A1AD892" w:rsidR="00A53629" w:rsidRDefault="00A53629" w:rsidP="00A53629">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A53629">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">A linguagem </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A53629">
@@ -1986,267 +2040,98 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F551A01" w14:textId="77777777" w:rsidR="00A53629" w:rsidRDefault="00A53629" w:rsidP="00A53629">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A53629">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Apresente a escrita em frase clara, simples e direta, demonstrando o cumprimento do objetivo proposto. </w:t>
+        <w:t>Apresente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53629">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a escrita em frase clara, simples e direta, demonstrando o cumprimento do objetivo proposto. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48B4E2F0" w14:textId="6ED35A39" w:rsidR="00DF1A7D" w:rsidRPr="00A53629" w:rsidRDefault="00A53629" w:rsidP="00A53629">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A53629">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Nesta seção, não devem conter citações.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64525D57" w14:textId="77777777" w:rsidR="00E306F6" w:rsidRDefault="00E306F6" w:rsidP="00C901FA">
-[...191 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="4500E984" w14:textId="4F0B43B8" w:rsidR="00732B28" w:rsidRPr="00C901FA" w:rsidRDefault="00732B28" w:rsidP="00C901FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CD13921" w14:textId="77777777" w:rsidR="00DF1A7D" w:rsidRPr="00C901FA" w:rsidRDefault="00DF1A7D" w:rsidP="00C901FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0189A7DE" w14:textId="3BAFF0CC" w:rsidR="00DF1A7D" w:rsidRPr="00C901FA" w:rsidRDefault="00DF1A7D" w:rsidP="00C901FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2545,51 +2430,51 @@
       <w:r w:rsidR="00164BF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de todas, caso não tenha inserir o</w:t>
       </w:r>
       <w:r w:rsidR="00164BF9" w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF1A7D" w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>link de acesso.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57B1397D" w14:textId="1899EB5D" w:rsidR="00DF1A7D" w:rsidRPr="00C901FA" w:rsidRDefault="00A028AB" w:rsidP="00164BF9">
+    <w:p w14:paraId="57B1397D" w14:textId="62A105DE" w:rsidR="00DF1A7D" w:rsidRPr="00C901FA" w:rsidRDefault="00A028AB" w:rsidP="00164BF9">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00DF1A7D" w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2612,62 +2497,92 @@
         </w:rPr>
         <w:t xml:space="preserve"> a quantidade máxima</w:t>
       </w:r>
       <w:r w:rsidR="007B43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (30 para artigos de pesquisa) e</w:t>
       </w:r>
       <w:r w:rsidR="007B43BF" w:rsidRPr="007B43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B43BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(50 para artigos de revisão).</w:t>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007B43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="007B43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 para artigos de </w:t>
+      </w:r>
+      <w:r w:rsidR="007B43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>revisão</w:t>
+      </w:r>
+      <w:r w:rsidR="007B43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007B43BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="09363644" w14:textId="5FA61DC1" w:rsidR="00D5351F" w:rsidRPr="00C901FA" w:rsidRDefault="00A028AB" w:rsidP="00164BF9">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00611BAB" w:rsidRPr="00C901FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2901,153 +2816,141 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="120"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F01DB"/>
     <w:rsid w:val="0002342D"/>
     <w:rsid w:val="000401E7"/>
     <w:rsid w:val="000479E9"/>
-    <w:rsid w:val="00064413"/>
     <w:rsid w:val="000A31CE"/>
     <w:rsid w:val="00164BF9"/>
     <w:rsid w:val="00197599"/>
-    <w:rsid w:val="001A241C"/>
     <w:rsid w:val="001C7210"/>
     <w:rsid w:val="00222078"/>
     <w:rsid w:val="002363DB"/>
     <w:rsid w:val="00236C0E"/>
     <w:rsid w:val="00266317"/>
     <w:rsid w:val="002C13CC"/>
     <w:rsid w:val="002C52BF"/>
     <w:rsid w:val="002D657F"/>
-    <w:rsid w:val="00355F3A"/>
     <w:rsid w:val="00373362"/>
-    <w:rsid w:val="00387534"/>
     <w:rsid w:val="003E6A3A"/>
     <w:rsid w:val="0043343A"/>
     <w:rsid w:val="00436289"/>
-    <w:rsid w:val="004B5233"/>
     <w:rsid w:val="005240E9"/>
     <w:rsid w:val="00546433"/>
     <w:rsid w:val="00564363"/>
     <w:rsid w:val="0058594B"/>
     <w:rsid w:val="00605FF7"/>
     <w:rsid w:val="00610A96"/>
     <w:rsid w:val="00611BAB"/>
     <w:rsid w:val="00651C91"/>
     <w:rsid w:val="00653E1E"/>
     <w:rsid w:val="0067283C"/>
-    <w:rsid w:val="00682826"/>
     <w:rsid w:val="0068762C"/>
     <w:rsid w:val="00694235"/>
     <w:rsid w:val="0069690F"/>
     <w:rsid w:val="006B0998"/>
     <w:rsid w:val="006C0162"/>
     <w:rsid w:val="007259BA"/>
     <w:rsid w:val="007313C6"/>
     <w:rsid w:val="00732B28"/>
     <w:rsid w:val="00734B12"/>
     <w:rsid w:val="00761D82"/>
     <w:rsid w:val="007B43BF"/>
     <w:rsid w:val="007D0846"/>
     <w:rsid w:val="007D7DC4"/>
     <w:rsid w:val="00853C81"/>
     <w:rsid w:val="008D15D3"/>
     <w:rsid w:val="008F01DB"/>
-    <w:rsid w:val="00923F5E"/>
     <w:rsid w:val="0092498C"/>
     <w:rsid w:val="009373E0"/>
     <w:rsid w:val="00955DEF"/>
     <w:rsid w:val="009C7B1D"/>
     <w:rsid w:val="009F4340"/>
     <w:rsid w:val="00A028AB"/>
     <w:rsid w:val="00A347D1"/>
     <w:rsid w:val="00A4216D"/>
     <w:rsid w:val="00A53629"/>
     <w:rsid w:val="00A56AEF"/>
     <w:rsid w:val="00A80306"/>
     <w:rsid w:val="00AA5E6A"/>
     <w:rsid w:val="00AC3DD0"/>
-    <w:rsid w:val="00AC45E2"/>
     <w:rsid w:val="00B12D42"/>
     <w:rsid w:val="00B1330E"/>
     <w:rsid w:val="00BA38E1"/>
-    <w:rsid w:val="00BC69B2"/>
     <w:rsid w:val="00BD4545"/>
     <w:rsid w:val="00BF699D"/>
     <w:rsid w:val="00C3160A"/>
     <w:rsid w:val="00C3718D"/>
-    <w:rsid w:val="00C41731"/>
     <w:rsid w:val="00C51B95"/>
     <w:rsid w:val="00C87A89"/>
     <w:rsid w:val="00C87DC7"/>
     <w:rsid w:val="00C901FA"/>
-    <w:rsid w:val="00CA0CDE"/>
     <w:rsid w:val="00D31697"/>
     <w:rsid w:val="00D36AF3"/>
     <w:rsid w:val="00D5351F"/>
     <w:rsid w:val="00DD5621"/>
     <w:rsid w:val="00DF1A7D"/>
     <w:rsid w:val="00DF3A35"/>
-    <w:rsid w:val="00E306F6"/>
     <w:rsid w:val="00E71774"/>
     <w:rsid w:val="00F139D5"/>
     <w:rsid w:val="00FB3440"/>
     <w:rsid w:val="00FB3563"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -3707,51 +3610,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1922443739">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meshb.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://decs.bvsalud.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://periodicos.ufc.br/rene/template1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.ufc.br/rene/exref" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meshb.nlm.nih.gov/#/fieldSearch" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://decs.bvsalud.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://periodicos.ufc.br/rene/template1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.ufc.br/rene/exref" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3976,65 +3879,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>746</Words>
-  <Characters>4031</Characters>
+  <Words>683</Words>
+  <Characters>3693</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4768</CharactersWithSpaces>
+  <CharactersWithSpaces>4368</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>REBEn 01</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>